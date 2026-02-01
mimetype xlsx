--- v0 (2025-12-07)
+++ v1 (2026-02-01)
@@ -6,545 +6,6248 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Fiyat Listesi" sheetId="1" r:id="rId1"/>
     <sheet name="DataForProductsFilters" sheetId="2" r:id="rId2" state="veryHidden"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165" uniqueCount="165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2066" uniqueCount="2066">
   <si>
     <t>Ürün Adı</t>
   </si>
   <si>
     <t>Barkod</t>
   </si>
   <si>
     <t>Yayın Evi</t>
   </si>
   <si>
     <t>Sınıf</t>
   </si>
   <si>
     <t>Ders</t>
   </si>
   <si>
     <t>Fiyat</t>
   </si>
   <si>
+    <t>11. SINIF TARİH KONU ANLATIMLI SORU BANKASI</t>
+  </si>
+  <si>
+    <t>BHL021</t>
+  </si>
+  <si>
+    <t>Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>11. Sınıf</t>
+  </si>
+  <si>
+    <t>Tarih</t>
+  </si>
+  <si>
+    <t>300,00 ₺</t>
+  </si>
+  <si>
+    <t>11. SINIF COĞRAFYA KONU ANLATIMLI SORU BANKASI</t>
+  </si>
+  <si>
+    <t>BHL022</t>
+  </si>
+  <si>
+    <t>Coğrafya</t>
+  </si>
+  <si>
+    <t>330,00 ₺</t>
+  </si>
+  <si>
+    <t>11. SINIF FELSEFE KONU ANLATIMLI SORU BANKASI</t>
+  </si>
+  <si>
+    <t>BHL023</t>
+  </si>
+  <si>
+    <t>Felsefe</t>
+  </si>
+  <si>
+    <t>250,00 ₺</t>
+  </si>
+  <si>
+    <t>5. Sınıf Kurumsal Deneme 1.sayı</t>
+  </si>
+  <si>
+    <t>KUR5-1</t>
+  </si>
+  <si>
+    <t>5.Sınıf</t>
+  </si>
+  <si>
+    <t>Branş denemeler</t>
+  </si>
+  <si>
+    <t>30,00 ₺</t>
+  </si>
+  <si>
+    <t>6. Sınıf Kurumsal Deneme 1.sayı</t>
+  </si>
+  <si>
+    <t>KUR6-1</t>
+  </si>
+  <si>
+    <t>6.Sınıf</t>
+  </si>
+  <si>
+    <t>7. Sınıf Kurumsal Deneme 1.sayı</t>
+  </si>
+  <si>
+    <t>KUR7-1</t>
+  </si>
+  <si>
+    <t>7.Sınıf</t>
+  </si>
+  <si>
+    <t>8. Sınıf Kurumsal Deneme 1.sayı</t>
+  </si>
+  <si>
+    <t>KUR8-1</t>
+  </si>
+  <si>
+    <t>8.Sınıf</t>
+  </si>
+  <si>
+    <t>Ags kurumsal deneme 1.sayı</t>
+  </si>
+  <si>
+    <t>AGS1</t>
+  </si>
+  <si>
+    <t>25,00 ₺</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shine Like A Star Undated Planner Bir Yıldız Gibi </t>
+  </si>
+  <si>
+    <t>1000029</t>
+  </si>
+  <si>
+    <t>0,00 ₺</t>
+  </si>
+  <si>
+    <t>Defter Seti 10x13,5 Cm 4lü Spiralli Defter Çizgisi</t>
+  </si>
+  <si>
+    <t>1000031</t>
+  </si>
+  <si>
+    <t>Benim Hocam Yayınları Süresiz Planlayıcı Ajanda Pu</t>
+  </si>
+  <si>
+    <t>100017</t>
+  </si>
+  <si>
+    <t>10. SINIF MATEMATİK KONU ANLATIMLI SORU BANKASI</t>
+  </si>
+  <si>
+    <t>BHL009</t>
+  </si>
+  <si>
+    <t>10. Sınıf</t>
+  </si>
+  <si>
+    <t>Matematik</t>
+  </si>
+  <si>
+    <t>600,00 ₺</t>
+  </si>
+  <si>
+    <t>10. SINIF FİZİK KONU ANLATIMLI SORU BANKASI</t>
+  </si>
+  <si>
+    <t>BHL010</t>
+  </si>
+  <si>
+    <t>Fizik</t>
+  </si>
+  <si>
+    <t>230,00 ₺</t>
+  </si>
+  <si>
+    <t>10. SINIF KİMYA KONU ANLATIMLI SORU BANKASI</t>
+  </si>
+  <si>
+    <t>BHL011</t>
+  </si>
+  <si>
+    <t>Kimya</t>
+  </si>
+  <si>
     <t>10. SINIF BİYOLOJİ KONU ANLATIMLI SORU BANKASI</t>
   </si>
   <si>
     <t>BHL012</t>
   </si>
   <si>
-    <t>Benim Hocam Yayınları</t>
-[...4 lines deleted...]
-  <si>
     <t>Biyoloji</t>
   </si>
   <si>
-    <t>300,00 ₺</t>
+    <t>10. SINIF TARİH KONU ANLATIMLI SORU BANKASI</t>
+  </si>
+  <si>
+    <t>BHL013</t>
+  </si>
+  <si>
+    <t>5.Sınıf BENİM SORU BANKAM FEN BİLİMLERİ</t>
+  </si>
+  <si>
+    <t>BHO029</t>
+  </si>
+  <si>
+    <t>Fen Bilimleri</t>
+  </si>
+  <si>
+    <t>370,00 ₺</t>
+  </si>
+  <si>
+    <t>6.Sınıf BENİM SORU BANKAM FEN BİLİMLERİ</t>
+  </si>
+  <si>
+    <t>BHO030</t>
+  </si>
+  <si>
+    <t>325,00 ₺</t>
+  </si>
+  <si>
+    <t>7.Sınıf BENİM SORU BANKAM FEN BİLİMLERİ</t>
+  </si>
+  <si>
+    <t>BHO031</t>
+  </si>
+  <si>
+    <t>8.Sınıf BENİM SORU BANKAM FEN BİLİMLERİ</t>
+  </si>
+  <si>
+    <t>BHO032</t>
+  </si>
+  <si>
+    <t>415,00 ₺</t>
+  </si>
+  <si>
+    <t>9. Sınıf Türk Dili ve Edebiyatı Soru Bankası</t>
+  </si>
+  <si>
+    <t>BHL001</t>
+  </si>
+  <si>
+    <t>9. Sınıf</t>
+  </si>
+  <si>
+    <t>Edebiyat</t>
+  </si>
+  <si>
+    <t>430,00 ₺</t>
+  </si>
+  <si>
+    <t>8.Sınıf BENİM SORU BANKAM TÜRKÇE</t>
+  </si>
+  <si>
+    <t>BHO016</t>
+  </si>
+  <si>
+    <t>Türkçe</t>
+  </si>
+  <si>
+    <t>5. Sınıf BENİM FASİKÜLÜM SOSYAL BİLGİLER</t>
+  </si>
+  <si>
+    <t>BHO017</t>
+  </si>
+  <si>
+    <t>Sosyal Bilgiler</t>
+  </si>
+  <si>
+    <t>490,00 ₺</t>
+  </si>
+  <si>
+    <t>6. Sınıf BENİM FASİKÜLÜM SOSYAL BİLGİLER</t>
+  </si>
+  <si>
+    <t>BHO018</t>
+  </si>
+  <si>
+    <t>7. Sınıf BENİM FASİKÜLÜM SOSYAL BİLGİLER</t>
+  </si>
+  <si>
+    <t>BHO019</t>
+  </si>
+  <si>
+    <t>8. Sınıf BENİM FASİKÜLÜM İNKILAP TARİHİ</t>
+  </si>
+  <si>
+    <t>BHO020</t>
+  </si>
+  <si>
+    <t>590,00 ₺</t>
+  </si>
+  <si>
+    <t>5.Sınıf BENİM SORU BANKAM SOSYAL BİLGİLER</t>
+  </si>
+  <si>
+    <t>BHO021</t>
+  </si>
+  <si>
+    <t>7. Sınıf BENİM FASİKÜLÜM MATEMATİK</t>
+  </si>
+  <si>
+    <t>BHO003</t>
+  </si>
+  <si>
+    <t>790,00 ₺</t>
+  </si>
+  <si>
+    <t>8. Sınıf BENİM FASİKÜLÜM MATEMATİK</t>
+  </si>
+  <si>
+    <t>BHO004</t>
+  </si>
+  <si>
+    <t>5.Sınıf BENİM SORU BANKAM MATEMATİK</t>
+  </si>
+  <si>
+    <t>BHO005</t>
+  </si>
+  <si>
+    <t>485,00 ₺</t>
+  </si>
+  <si>
+    <t>6.Sınıf BENİM SORU BANKAM MATEMATİK</t>
+  </si>
+  <si>
+    <t>BHO006</t>
+  </si>
+  <si>
+    <t>7.Sınıf BENİM SORU BANKAM MATEMATİK</t>
+  </si>
+  <si>
+    <t>BHO007</t>
+  </si>
+  <si>
+    <t>8.Sınıf BENİM SORU BANKAM MATEMATİK</t>
+  </si>
+  <si>
+    <t>BHO008</t>
+  </si>
+  <si>
+    <t>670,00 ₺</t>
+  </si>
+  <si>
+    <t>5. Sınıf BENİM FASİKÜLÜM MATEMATİK</t>
+  </si>
+  <si>
+    <t>BHO001</t>
+  </si>
+  <si>
+    <t>690,00 ₺</t>
+  </si>
+  <si>
+    <t>6. Sınıf BENİM FASİKÜLÜM MATEMATİK</t>
+  </si>
+  <si>
+    <t>BHO002</t>
+  </si>
+  <si>
+    <t>6.Sınıf BENİM SORU BANKAM SOSYAL BİLGİLER</t>
+  </si>
+  <si>
+    <t>BHO022</t>
+  </si>
+  <si>
+    <t>7.Sınıf BENİM SORU BANKAM SOSYAL BİLGİLER</t>
+  </si>
+  <si>
+    <t>BHO023</t>
+  </si>
+  <si>
+    <t>8.Sınıf BENİM SORU BANKAM İNKILAP TARİHİ</t>
+  </si>
+  <si>
+    <t>BHO024</t>
+  </si>
+  <si>
+    <t>345,00 ₺</t>
+  </si>
+  <si>
+    <t>5. Sınıf BENİM FASİKÜLÜM FEN BİLİMLERİ</t>
+  </si>
+  <si>
+    <t>BHO025</t>
+  </si>
+  <si>
+    <t>470,00 ₺</t>
+  </si>
+  <si>
+    <t>6. Sınıf BENİM FASİKÜLÜM FEN BİLİMLERİ</t>
+  </si>
+  <si>
+    <t>BHO026</t>
+  </si>
+  <si>
+    <t>7. Sınıf BENİM FASİKÜLÜM FEN BİLİMLERİ</t>
+  </si>
+  <si>
+    <t>BHO027</t>
+  </si>
+  <si>
+    <t>520,00 ₺</t>
+  </si>
+  <si>
+    <t>8. Sınıf BENİM FASİKÜLÜM FEN BİLİMLERİ</t>
+  </si>
+  <si>
+    <t>BHO028</t>
+  </si>
+  <si>
+    <t>730,00 ₺</t>
+  </si>
+  <si>
+    <t>5. Sınıf BENİM FASİKÜLÜM TÜRKÇE</t>
+  </si>
+  <si>
+    <t>BHO033</t>
+  </si>
+  <si>
+    <t>6. Sınıf BENİM FASİKÜLÜM TÜRKÇE</t>
+  </si>
+  <si>
+    <t>BHO010</t>
+  </si>
+  <si>
+    <t>7. Sınıf BENİM FASİKÜLÜM TÜRKÇE</t>
+  </si>
+  <si>
+    <t>BHO011</t>
+  </si>
+  <si>
+    <t>8. Sınıf BENİM FASİKÜLÜM TÜRKÇE</t>
+  </si>
+  <si>
+    <t>BHO012</t>
+  </si>
+  <si>
+    <t>5.Sınıf BENİM SORU BANKAM TÜRKÇE</t>
+  </si>
+  <si>
+    <t>BHO013</t>
+  </si>
+  <si>
+    <t>6.Sınıf BENİM SORU BANKAM TÜRKÇE</t>
+  </si>
+  <si>
+    <t>BHO014</t>
+  </si>
+  <si>
+    <t>7.Sınıf BENİM SORU BANKAM TÜRKÇE</t>
+  </si>
+  <si>
+    <t>BHO015</t>
+  </si>
+  <si>
+    <t>9. Sınıf Matematik Konu Anlatımlı Soru Bankası</t>
+  </si>
+  <si>
+    <t>BHL002</t>
+  </si>
+  <si>
+    <t>580,00 ₺</t>
+  </si>
+  <si>
+    <t>9. Sınıf Fizik Konu Anlatımlı Soru Bankası</t>
+  </si>
+  <si>
+    <t>BHL003</t>
+  </si>
+  <si>
+    <t>9. Sınıf Kimya Konu Anlatımlı Soru Bankası</t>
+  </si>
+  <si>
+    <t>BHL004</t>
+  </si>
+  <si>
+    <t>9. Sınıf Biyoloji Konu Anlatımlı Soru Bankası</t>
+  </si>
+  <si>
+    <t>BHL005</t>
+  </si>
+  <si>
+    <t>9. Sınıf Tarih Konu Anlatımlı Soru Bankası</t>
+  </si>
+  <si>
+    <t>BHL006</t>
+  </si>
+  <si>
+    <t>280,00 ₺</t>
+  </si>
+  <si>
+    <t>9. Sınıf Coğrafya Konu Anlatımlı Soru Bankası</t>
+  </si>
+  <si>
+    <t>BHL007</t>
+  </si>
+  <si>
+    <t>10. SINIF TÜRK DİLİ VE EDEBİYATI KONU ANLATIMLI SO</t>
+  </si>
+  <si>
+    <t>BHL008</t>
   </si>
   <si>
     <t>10. SINIF COĞRAFYA KONU ANLATIMLI SORU BANKASI</t>
   </si>
   <si>
     <t>BHL014</t>
   </si>
   <si>
-    <t>Coğrafya</t>
-[...1 lines deleted...]
-  <si>
     <t>380,00 ₺</t>
   </si>
   <si>
     <t>10. SINIF FELSEFE KONU ANLATIMLI SORU BANKASI</t>
   </si>
   <si>
     <t>BHL015</t>
   </si>
   <si>
-    <t>Felsefe</t>
-[...1 lines deleted...]
-  <si>
     <t>400,00 ₺</t>
   </si>
   <si>
-    <t>10. SINIF FİZİK KONU ANLATIMLI SORU BANKASI</t>
-[...32 lines deleted...]
-    <t>430,00 ₺</t>
+    <t>11. SINIF TÜRK DİLİ VE EDEBİYATI KONU ANLATIMLI SO</t>
+  </si>
+  <si>
+    <t>BHL016</t>
+  </si>
+  <si>
+    <t>480,00 ₺</t>
+  </si>
+  <si>
+    <t>11. SINIF MATEMATİK KONU ANLATIMLI SORU BANKASI</t>
+  </si>
+  <si>
+    <t>BHL017</t>
+  </si>
+  <si>
+    <t>500,00 ₺</t>
+  </si>
+  <si>
+    <t>11. SINIF FİZİK KONU ANLATIMLI SORU BANKASI</t>
+  </si>
+  <si>
+    <t>BHL018</t>
+  </si>
+  <si>
+    <t>11. SINIF KİMYA KONU ANLATIMLI SORU BANKASI</t>
+  </si>
+  <si>
+    <t>BHL019</t>
   </si>
   <si>
     <t>11. SINIF BİYOLOJİ KONU ANLATIMLI SORU BANKASI</t>
   </si>
   <si>
     <t>BHL020</t>
   </si>
   <si>
-    <t>11. Sınıf</t>
-[...1 lines deleted...]
-  <si>
     <t>550,00 ₺</t>
   </si>
   <si>
-    <t>11. SINIF COĞRAFYA KONU ANLATIMLI SORU BANKASI</t>
-[...383 lines deleted...]
-    <t>KURL001</t>
+    <t xml:space="preserve">A5 Not Defteri 48 Sayfa 4SETDEFTER, one size       </t>
+  </si>
+  <si>
+    <t>1000891011</t>
+  </si>
+  <si>
+    <t>10016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4lü Defter Set 10 X 13,5cm Çizgisiz Defter Karton </t>
+  </si>
+  <si>
+    <t>10030</t>
+  </si>
+  <si>
+    <t>4lü Defter Seti Düz Çizgisiz Sert Kapak Defter 10x</t>
+  </si>
+  <si>
+    <t>10032</t>
+  </si>
+  <si>
+    <t>BENİM HOCAM Notebook 4lü Defter Set Soft Çizgili P</t>
+  </si>
+  <si>
+    <t>1028</t>
+  </si>
+  <si>
+    <t>2025 TYT Biyoloji Ders Notları Benim Hocam Yayınla</t>
+  </si>
+  <si>
+    <t>20259786256073067</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 TYT Tarih Ders Notları Benim Hocam Yayınları </t>
+  </si>
+  <si>
+    <t>20259786256073074</t>
+  </si>
+  <si>
+    <t>2025 TYT- AYT Geometri Ders Notları Benim Hocam Ya</t>
+  </si>
+  <si>
+    <t>20259786256073081</t>
+  </si>
+  <si>
+    <t>2025 11. Sınıf Biyoloji Konu Anlatımlı Soru Bankas</t>
+  </si>
+  <si>
+    <t>20259786256073418</t>
+  </si>
+  <si>
+    <t>2025 11. Sınıf Tarih Konu Anlatımlı Soru Bankası B</t>
+  </si>
+  <si>
+    <t>20259786256073425</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 KPSS Vatandaşlık Tamamı Çözümlü 6+5+7 Deneme </t>
+  </si>
+  <si>
+    <t>20259786256907706</t>
+  </si>
+  <si>
+    <t>2025 TYT Matematik Ders Notları Benim Hocam Yayınl</t>
+  </si>
+  <si>
+    <t>20259786258161168</t>
+  </si>
+  <si>
+    <t>2025 TYT Türkçe Ders Notları Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>20259786258161175</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 TYT Fizik Ders Notları Benim Hocam Yayınları </t>
+  </si>
+  <si>
+    <t>20259786258161182</t>
+  </si>
+  <si>
+    <t>2025 TYT Coğrafya Ders Notları Benim Hocam Yayınla</t>
+  </si>
+  <si>
+    <t>20259786258161212</t>
+  </si>
+  <si>
+    <t>2025 Benim Hocam Tyt Ayt Kpss Taktiklerle Paragraf</t>
+  </si>
+  <si>
+    <t>20259786258161311</t>
+  </si>
+  <si>
+    <t>TYT - KPSS Taktiklerle Dil Bilgisi Tamamı Video Çö</t>
+  </si>
+  <si>
+    <t>20259786258161328</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 AYT Tarih Ders Notları Benim Hocam Yayınları </t>
+  </si>
+  <si>
+    <t>20259786258161335</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 TYT Kimya Ders Notları Benim Hocam Yayınları </t>
+  </si>
+  <si>
+    <t>20259786258161359</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 AYT Fizik Ders Notları Benim Hocam Yayınları </t>
+  </si>
+  <si>
+    <t>20259786258161366</t>
+  </si>
+  <si>
+    <t>2025 AYT Coğrafya Tamamı Video Çözümlü Soru Bankas</t>
+  </si>
+  <si>
+    <t>20259786258161465</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 AYT Kimya Ders Notları Benim Hocam Yayınları </t>
+  </si>
+  <si>
+    <t>20259786258161533</t>
+  </si>
+  <si>
+    <t>2025 YDT İngilizce Grammar Ders Notları Benim Hoca</t>
+  </si>
+  <si>
+    <t>20259786258161540</t>
+  </si>
+  <si>
+    <t>2025 YDT İngilizce Grammar Soru Bankası Benim Hoca</t>
+  </si>
+  <si>
+    <t>20259786258161557</t>
+  </si>
+  <si>
+    <t>2025 YDT İngilizce 5 Deneme Sınavı Benim Hocam Yay</t>
+  </si>
+  <si>
+    <t>20259786258161564</t>
+  </si>
+  <si>
+    <t>2025 KPSS Tarih Konu Anlatımı Benim Hocam Yayınlar</t>
+  </si>
+  <si>
+    <t>20259786258263213</t>
+  </si>
+  <si>
+    <t>2025 KPSS Coğrafya Konu Anlatımı Benim Hocam Yayın</t>
+  </si>
+  <si>
+    <t>20259786258263220</t>
+  </si>
+  <si>
+    <t>2025 KPSS Matematik Konu Anlatımı Benim Hocam Yayı</t>
+  </si>
+  <si>
+    <t>20259786258263237</t>
+  </si>
+  <si>
+    <t>2025 KPSS Vatandaşlık Konu Anlatımı Benim Hocam Ya</t>
+  </si>
+  <si>
+    <t>20259786258263251</t>
+  </si>
+  <si>
+    <t>2024 YDT Taktiklerle İngilizce SKILLS Soru Bankası</t>
+  </si>
+  <si>
+    <t>20259786258263930</t>
+  </si>
+  <si>
+    <t>2026 KPSS Vatandaşlık Konu Anlatımı - Soru Bankası</t>
+  </si>
+  <si>
+    <t>20269921550409</t>
+  </si>
+  <si>
+    <t>2026 Genel Kültür Konu Anlatım Seti Benim Hocam Ya</t>
+  </si>
+  <si>
+    <t>20269921550410</t>
+  </si>
+  <si>
+    <t>2026 Ags Mevzuat Soru bankası 2026MEVZUAT, one siz</t>
+  </si>
+  <si>
+    <t>2026MEVZUAT</t>
+  </si>
+  <si>
+    <t>2026 KPSS Vatandaşlık Konu Anlatımı ve Soru Bankas</t>
+  </si>
+  <si>
+    <t>2029921550406</t>
+  </si>
+  <si>
+    <t>Benim hocam TYT Kurumsal Deneme 2025 2.Sınav</t>
+  </si>
+  <si>
+    <t>BMKRS2</t>
+  </si>
+  <si>
+    <t>Benim hocam TYT Kurumsal deneme 2025 3.Sınav</t>
+  </si>
+  <si>
+    <t>7487417441</t>
+  </si>
+  <si>
+    <t>Matemito Matematik Atölyem 8.sınıf 2024 Matemito M</t>
+  </si>
+  <si>
+    <t>786057704733</t>
+  </si>
+  <si>
+    <t>ÜçDörtBeş All Star 2025 Sayısal Set TYCDM0ZFYN1729</t>
+  </si>
+  <si>
+    <t>8003781816721</t>
+  </si>
+  <si>
+    <t>ÜçDörtBeş All Star 2025 Sözel Set TYCZT2EWFN172960</t>
+  </si>
+  <si>
+    <t>8003781816723</t>
+  </si>
+  <si>
+    <t xml:space="preserve">345 Tyt Matematik Soru Bankası 2025 6541d6sa, one </t>
+  </si>
+  <si>
+    <t>9086318506879</t>
+  </si>
+  <si>
+    <t>Benim Hocam YDS-YÖKDİL-YKSDİL Sahibinden Stratejil</t>
+  </si>
+  <si>
+    <t>9786052771556</t>
+  </si>
+  <si>
+    <t>299,00 ₺</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EFA SERİSİ YKS DİL HAZIRLIK 7Lİ DENEME SETİ BENİM </t>
+  </si>
+  <si>
+    <t>9786052772782</t>
+  </si>
+  <si>
+    <t>99,00 ₺</t>
+  </si>
+  <si>
+    <t>Bang Bang Worksheets Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9786052773024</t>
+  </si>
+  <si>
+    <t>149,00 ₺</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Benim Hocam Yayınları Tamamı Çözümlü YDT-YKSDİL 8 </t>
+  </si>
+  <si>
+    <t>9786052773352</t>
+  </si>
+  <si>
+    <t>79,00 ₺</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 Tüm Adaylar İçin Taktiklerle Problemler Konu </t>
+  </si>
+  <si>
+    <t>9786052774830</t>
+  </si>
+  <si>
+    <t>209,00 ₺</t>
+  </si>
+  <si>
+    <t>LGS 8.Sınıf SES Serisi Din Kültürü ve Ahlak Bilgis</t>
+  </si>
+  <si>
+    <t>9786052776100</t>
+  </si>
+  <si>
+    <t>27,50 ₺</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YDS Sınav Kelimeleri 5 Deneme İlaveli Benim Hocam </t>
+  </si>
+  <si>
+    <t>9786052777169</t>
+  </si>
+  <si>
+    <t>129,00 ₺</t>
+  </si>
+  <si>
+    <t>LGS Türkçe Sınav Kelimeleri 5 Deneme İlaveli Benim</t>
+  </si>
+  <si>
+    <t>9786052777176</t>
+  </si>
+  <si>
+    <t>169,00 ₺</t>
+  </si>
+  <si>
+    <t>LGS İngilizce Sınav Kelimeleri 10 Deneme İlaveli B</t>
+  </si>
+  <si>
+    <t>9786052777183</t>
+  </si>
+  <si>
+    <t>12. Sınıf Taktiklerle Fizik 1. Kitap Benim Hocam Y</t>
+  </si>
+  <si>
+    <t>9786052777190</t>
+  </si>
+  <si>
+    <t>29,90 ₺</t>
+  </si>
+  <si>
+    <t>2024 KPSS - ALES - DGS 4 Adımda Sözel Mantık Video</t>
+  </si>
+  <si>
+    <t>9786052778654</t>
+  </si>
+  <si>
+    <t>189,00 ₺</t>
+  </si>
+  <si>
+    <t>10. Sınıf Kazanım Özetli Matematik Soru Bankası Be</t>
+  </si>
+  <si>
+    <t>9786052779958</t>
+  </si>
+  <si>
+    <t>139,00 ₺</t>
+  </si>
+  <si>
+    <t>9. Sınıf Kazanım Özetli Fizik Soru Bankası Benim H</t>
+  </si>
+  <si>
+    <t>9786052779972</t>
+  </si>
+  <si>
+    <t>54,00 ₺</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11. Sınıf Kazanım Özetli Fizik Soru Bankası Benim </t>
+  </si>
+  <si>
+    <t>9786052779989</t>
+  </si>
+  <si>
+    <t>345-TYT Coğrafya Soru Bankası 2024 Model 978605695</t>
+  </si>
+  <si>
+    <t>978605695900424</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5. Sınıf Matematik Atölyem 97860577047882025, one </t>
+  </si>
+  <si>
+    <t>97860577047882025</t>
+  </si>
+  <si>
+    <t>ÜçDörtBeş Yayınları TYT Türkçe Soru Bankası</t>
+  </si>
+  <si>
+    <t>9786058116221</t>
+  </si>
+  <si>
+    <t>ÜçDörtBeş Yayınları TYT Tüm Dersler 5lı Paket Dene</t>
+  </si>
+  <si>
+    <t>9786058116245</t>
+  </si>
+  <si>
+    <t>150,00 ₺</t>
+  </si>
+  <si>
+    <t>ÜÇDÖRTBEŞ YAYINLARI TYT TÜRKÇE 12 ADET DENEME</t>
+  </si>
+  <si>
+    <t>9786058116252</t>
+  </si>
+  <si>
+    <t>130,00 ₺</t>
+  </si>
+  <si>
+    <t>Üç Dört Beş Yayınları Ayt 8li Matematik Deneme 978</t>
+  </si>
+  <si>
+    <t>9786058116269123</t>
+  </si>
+  <si>
+    <t>2026 DGS Matematik Tamamı Çözümlü Soru Bankası Ben</t>
+  </si>
+  <si>
+    <t>9786255761033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 KPSS Tüm Dersler Tamamı Çözümlü Soru Bankası </t>
+  </si>
+  <si>
+    <t>9786255761040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 KPSS Vatandaşlık 18 deneme </t>
+  </si>
+  <si>
+    <t>9786255761057</t>
+  </si>
+  <si>
+    <t>2026 AGS Sayısal Yetenek Tamamı Çözümlü Soru Banka</t>
+  </si>
+  <si>
+    <t>9786255761071</t>
+  </si>
+  <si>
+    <t>2026 KPSS Lise Ön Lisans Tüm Dersler Konu Anlatımı</t>
+  </si>
+  <si>
+    <t>9786255761088</t>
+  </si>
+  <si>
+    <t>8.Sınıf BENİM SORU BANKAM TÜRKÇE - ÖRNEK BEDELSİZ</t>
+  </si>
+  <si>
+    <t>BHO016Ö</t>
+  </si>
+  <si>
+    <t>7.Sınıf BENİM SORU BANKAM TÜRKÇE - ÖRNEK BEDELSİZ</t>
+  </si>
+  <si>
+    <t>BHO015Ö</t>
+  </si>
+  <si>
+    <t>6.Sınıf BENİM SORU BANKAM TÜRKÇE - ÖRNEK BEDELSİZ</t>
+  </si>
+  <si>
+    <t>BHO014Ö</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6.Sınıf BENİM SORU BANKAM SOSYAL BİLGİLER - ÖRNEK </t>
+  </si>
+  <si>
+    <t>BHO022Ö</t>
+  </si>
+  <si>
+    <t>6. Sınıf Sosyal Bilgiler Benim Fasikülüm Benim Hoc</t>
+  </si>
+  <si>
+    <t>9786255847218</t>
+  </si>
+  <si>
+    <t>5. Sınıf BENİM FASİKÜLÜM FEN BİLİMLERİ - ÖRNEK BED</t>
+  </si>
+  <si>
+    <t>BHO025Ö</t>
+  </si>
+  <si>
+    <t>8. Sınıf BENİM FASİKÜLÜM TÜRKÇE - ÖRNEK BEDELSİZ</t>
+  </si>
+  <si>
+    <t>BHO012Ö</t>
+  </si>
+  <si>
+    <t>7. Sınıf BENİM FASİKÜLÜM TÜRKÇE - ÖRNEK BEDELSİZ</t>
+  </si>
+  <si>
+    <t>BHO011Ö</t>
+  </si>
+  <si>
+    <t>6. Sınıf BENİM FASİKÜLÜM TÜRKÇE - ÖRNEK BEDELSİZ</t>
+  </si>
+  <si>
+    <t>BHO010Ö</t>
+  </si>
+  <si>
+    <t>5. Sınıf BENİM FASİKÜLÜM TÜRKÇE - ÖRNEK BEDELSİZ</t>
+  </si>
+  <si>
+    <t>BHO009Ö</t>
+  </si>
+  <si>
+    <t>2026 TYT- AYT- DGS- ALES- KPSS- MSÜ Parla Paragraf</t>
+  </si>
+  <si>
+    <t>9786255847485</t>
+  </si>
+  <si>
+    <t>2026 AYT Tarih Ders Notları Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9786255847492</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 Ayt Fizik Ders Notu 2026fizik, one size       </t>
+  </si>
+  <si>
+    <t>9786255847508</t>
+  </si>
+  <si>
+    <t>2026 AYT Tarih Video Çözümlü Soru Bankası Benim Ho</t>
+  </si>
+  <si>
+    <t>9786255847515</t>
+  </si>
+  <si>
+    <t>2026 AYT Fizik Video Çözümlü Soru Bankası Benim Ho</t>
+  </si>
+  <si>
+    <t>9786255847522</t>
+  </si>
+  <si>
+    <t>2026 TYT Biyoloji Ders Notları Benim Hocam Yayınla</t>
+  </si>
+  <si>
+    <t>9786255847607</t>
+  </si>
+  <si>
+    <t>2026 TYT Coğrafya Video Çözümlü Soru Bankası Benim</t>
+  </si>
+  <si>
+    <t>9786255847614</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 Ayt Kimya Soru Bankası GÜNCELKİMYA, one size  </t>
+  </si>
+  <si>
+    <t>9786255847621</t>
+  </si>
+  <si>
+    <t>2026 AYT Biyoloji Video Çözümlü Soru Bankası Benim</t>
+  </si>
+  <si>
+    <t>9786255847638</t>
+  </si>
+  <si>
+    <t>2026 AYT Biyoloji Ders Notları Benim Hocam Yayınla</t>
+  </si>
+  <si>
+    <t>9786255847645</t>
+  </si>
+  <si>
+    <t>2026 KPSS Türkçe Ders Notları Benim Hocam Yayınlar</t>
+  </si>
+  <si>
+    <t>9786255847720</t>
+  </si>
+  <si>
+    <t>2026 KPSS Coğrafya Ders Notları Benim Hocam Yayınl</t>
+  </si>
+  <si>
+    <t>9786255847737</t>
+  </si>
+  <si>
+    <t>2026 TYT Felsefe Ders Notları ve Tamamı Video Çözü</t>
+  </si>
+  <si>
+    <t>9786255847744</t>
+  </si>
+  <si>
+    <t>2026 AYT Coğrafya Ders Notları Benim Hocam Yayınla</t>
+  </si>
+  <si>
+    <t>9786255847751</t>
+  </si>
+  <si>
+    <t>2026 KPSS AGS Tarih Tamamı Çözümlü Soru Bankası Be</t>
+  </si>
+  <si>
+    <t>9786255847768</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 YDS  Okuma Stratejileri ve Skılls Soru Bankas</t>
+  </si>
+  <si>
+    <t>9786255847843</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 YDS  Dil Bilgisi Stratejileri ve Grammar Soru</t>
+  </si>
+  <si>
+    <t>9786255847850</t>
+  </si>
+  <si>
+    <t>2026 TYT Matematik Video Çözümlü Soru Bankası Beni</t>
+  </si>
+  <si>
+    <t>9786255847867</t>
+  </si>
+  <si>
+    <t>2026 KPSS Matematik Konu Anlatımı Benim Hocam Yayı</t>
+  </si>
+  <si>
+    <t>9786255847874</t>
+  </si>
+  <si>
+    <t>2026 KPSS Genel Kültür Sen Bilirsin Tarih-Coğrafya</t>
+  </si>
+  <si>
+    <t>9786255847911</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 KPSS Güncel ve Kültürel Bilgiler Benim Hocam </t>
+  </si>
+  <si>
+    <t>9786256073012</t>
+  </si>
+  <si>
+    <t>2025 TYT Biyoloji Tamamı Çözümlü Soru Bankası Beni</t>
+  </si>
+  <si>
+    <t>9786256073029</t>
+  </si>
+  <si>
+    <t>236,00 ₺</t>
+  </si>
+  <si>
+    <t>2025 Öğrenci Sayısal Koçluk Kitabı</t>
+  </si>
+  <si>
+    <t>9786256073029X</t>
+  </si>
+  <si>
+    <t>2025 TYT Tarih Tamamı Video Çözümlü Soru Bankası B</t>
+  </si>
+  <si>
+    <t>9786256073036</t>
+  </si>
+  <si>
+    <t>266,00 ₺</t>
+  </si>
+  <si>
+    <t>2025 Ögrenci Sözel Koçluk Kitabı</t>
+  </si>
+  <si>
+    <t>9786256073043</t>
+  </si>
+  <si>
+    <t>2025 AYT Biyoloji Ders Notları Benim Hocam Yayınla</t>
+  </si>
+  <si>
+    <t>9786256073128</t>
+  </si>
+  <si>
+    <t>360,00 ₺</t>
+  </si>
+  <si>
+    <t>2025 AYT Biyoloji Tamamı Video Çözümlü Soru Bankas</t>
+  </si>
+  <si>
+    <t>9786256073135</t>
+  </si>
+  <si>
+    <t>2025 TYT- AYT Geometri Tamamı Video Çözümlü Soru B</t>
+  </si>
+  <si>
+    <t>9786256073142</t>
+  </si>
+  <si>
+    <t>247,00 ₺</t>
+  </si>
+  <si>
+    <t>2025 KPSS Türkçe Tamamı Video Çözümlü Soru Bankası</t>
+  </si>
+  <si>
+    <t>9786256073197</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 KPSS Türkçe  Konu Anlatımı Benim Hocam Yayınl</t>
+  </si>
+  <si>
+    <t>9786256073203</t>
+  </si>
+  <si>
+    <t>2025 AGS Türkiye Coğrafyası Konu Anlatımı Benim Ho</t>
+  </si>
+  <si>
+    <t>9786256073586</t>
+  </si>
+  <si>
+    <t>2025 AGS Mevzuat Soru Bankası Benim Hocam Yayınlar</t>
+  </si>
+  <si>
+    <t>9786256073609</t>
+  </si>
+  <si>
+    <t>2025 AGS Sözel Yetenek Konu Anlatımı Benim Hocam Y</t>
+  </si>
+  <si>
+    <t>9786256073616</t>
+  </si>
+  <si>
+    <t>2025 Eğitimin Temelleri ve Türk Milli Eğitim Siste</t>
+  </si>
+  <si>
+    <t>9786256073623</t>
+  </si>
+  <si>
+    <t>2025 AGS Tarih Konu Anlatımı Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9786256073630</t>
+  </si>
+  <si>
+    <t>2025 AGS Sözel Yetenek Tamamı Çözümlü 15 Branş Den</t>
+  </si>
+  <si>
+    <t>9786256073739</t>
+  </si>
+  <si>
+    <t>2025 AGS Eğitimin Temelleri ve Türk Milli Eğitim S</t>
+  </si>
+  <si>
+    <t>9786256073746</t>
+  </si>
+  <si>
+    <t>8. Sınıf BENİM FASİKÜLÜM MATEMATİK - ÖRNEK BEDELSİ</t>
+  </si>
+  <si>
+    <t>BHO004Ö</t>
+  </si>
+  <si>
+    <t>8. Sınıf BENİM FASİKÜLÜM İNKILAP TARİHİ - ÖRNEK BE</t>
+  </si>
+  <si>
+    <t>BHO020Ö</t>
+  </si>
+  <si>
+    <t>7. Sınıf BENİM FASİKÜLÜM MATEMATİK - ÖRNEK BEDELSİ</t>
+  </si>
+  <si>
+    <t>BHO003Ö</t>
+  </si>
+  <si>
+    <t>7. Sınıf BENİM FASİKÜLÜM SOSYAL BİLGİLER - ÖRNEK B</t>
+  </si>
+  <si>
+    <t>BHO019Ö</t>
+  </si>
+  <si>
+    <t>8.Sınıf BENİM SORU BANKAM MATEMATİK - ÖRNEK BEDELS</t>
+  </si>
+  <si>
+    <t>BHO008Ö</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARI YAYINCILIK 7.SINIF PARAGRAF SORU BANKASI YENİ </t>
+  </si>
+  <si>
+    <t>9786256244320</t>
+  </si>
+  <si>
+    <t>Arı Yayınları 8.sınıf Matematik Soru Bankası 97862</t>
+  </si>
+  <si>
+    <t>9786256414075</t>
+  </si>
+  <si>
+    <t>Şenol Hoca - 35 Günde Lgs Matematik Kampı</t>
+  </si>
+  <si>
+    <t>9786256790018</t>
+  </si>
+  <si>
+    <t>Şenol Hoca - Çıtır Çerez Trigonometri Soru Bankası</t>
+  </si>
+  <si>
+    <t>9786256790223</t>
+  </si>
+  <si>
+    <t>ALES- DGS Matematik Kamp Kitabı Benim Hocam Yayınl</t>
+  </si>
+  <si>
+    <t>9786256907034</t>
+  </si>
+  <si>
+    <t>65,00 ₺</t>
+  </si>
+  <si>
+    <t>2025 Ayt Felsefe Grubu Ders Notları Benim Hocam Ya</t>
+  </si>
+  <si>
+    <t>9786256907065</t>
+  </si>
+  <si>
+    <t>2025 AYT Felsefe Grubu Soru Bankası Benim Hocam Ya</t>
+  </si>
+  <si>
+    <t>9786256907072</t>
+  </si>
+  <si>
+    <t>2024 KPSS Lise Ön Lisans Tüm Dersler Konu Anlatımı</t>
+  </si>
+  <si>
+    <t>9786256907102</t>
+  </si>
+  <si>
+    <t>439,00 ₺</t>
+  </si>
+  <si>
+    <t>2024 KPSS Türkçe - Âlâ Soru Bankası Benim Hocam Ya</t>
+  </si>
+  <si>
+    <t>9786256907201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 TYT Tüm Dersler Tamamı Video Çözümlü Fasikül </t>
+  </si>
+  <si>
+    <t>9786256907218</t>
+  </si>
+  <si>
+    <t>199,00 ₺</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 AYT Tüm Dersler Tamamı Video Çözümlü Fasikül </t>
+  </si>
+  <si>
+    <t>9786256907225</t>
+  </si>
+  <si>
+    <t>KPSS 2024 Genel Kültür Sen Bilirsin Tarih-Coğrafya</t>
+  </si>
+  <si>
+    <t>9786256907232</t>
+  </si>
+  <si>
+    <t>179,00 ₺</t>
+  </si>
+  <si>
+    <t>Namıdiğer Osmanlı Devletinde Kullanılan Lakap ve Ü</t>
+  </si>
+  <si>
+    <t>9786256907249</t>
+  </si>
+  <si>
+    <t>119,00 ₺</t>
+  </si>
+  <si>
+    <t>2024 ÖABT Okul Öncesi Konu Anlatımlı Soru Fasiküll</t>
+  </si>
+  <si>
+    <t>9786256907324</t>
+  </si>
+  <si>
+    <t>928,00 ₺</t>
+  </si>
+  <si>
+    <t>2024 EKPSS Tarih Soru Bankasıı Benim Hocam Ya</t>
+  </si>
+  <si>
+    <t>9786256907331</t>
+  </si>
+  <si>
+    <t>2024 ÖABT Sınıf Öğretmenliği Konu Anlatımlı Soru F</t>
+  </si>
+  <si>
+    <t>9786256907348</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 ALES DGS Matematik Video Ders Notları Benim </t>
+  </si>
+  <si>
+    <t>9786256907355</t>
+  </si>
+  <si>
+    <t>269,00 ₺</t>
+  </si>
+  <si>
+    <t>2025 ALES DGS Türkçe Video Ders Notları Benim Hoca</t>
+  </si>
+  <si>
+    <t>9786256907362</t>
+  </si>
+  <si>
+    <t>2024 TYT Yapay Zekâ Kimya 40 Deneme Benim Hocam Ya</t>
+  </si>
+  <si>
+    <t>9786256907508</t>
+  </si>
+  <si>
+    <t>2024 TYT Yapay Zekâ Tarih 40 Deneme Benim Hocam Ya</t>
+  </si>
+  <si>
+    <t>9786256907515</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 TYT Yapay Zekâ Felsefe 40 Deneme Benim Hocam </t>
+  </si>
+  <si>
+    <t>9786256907522</t>
+  </si>
+  <si>
+    <t>2024 TYT Yapay Zekâ Coğrafya 40 Deneme Benim Hocam</t>
+  </si>
+  <si>
+    <t>9786256907539</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 TYT Yapay Zekâ Biyoloji 40 DenemeBenim Hocam </t>
+  </si>
+  <si>
+    <t>9786256907546</t>
+  </si>
+  <si>
+    <t>2024 EKPSS Vatandaşlık Tamamı Çözümlü Soru Bankası</t>
+  </si>
+  <si>
+    <t>9786256907638</t>
+  </si>
+  <si>
+    <t>2024 ALES DGS Sayısal Mantık Sözel Mantık Video De</t>
+  </si>
+  <si>
+    <t>9786256907645</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 ALES DGS Tamamı Çözümlü Soru Bankası Sayısal </t>
+  </si>
+  <si>
+    <t>9786256907652</t>
+  </si>
+  <si>
+    <t>2025 KPSS Coğrafya Tamamı Çözümlü 6+5+7 Deneme Ben</t>
+  </si>
+  <si>
+    <t>9786256907669</t>
+  </si>
+  <si>
+    <t>137,00 ₺</t>
+  </si>
+  <si>
+    <t>2025 KPSS Matematik Tamamı Çözümlü 6+5+7 Deneme Be</t>
+  </si>
+  <si>
+    <t>9786256907676</t>
+  </si>
+  <si>
+    <t>2024 AYT Yapay Zekâ Türk Dili ve Edebiyatı 24 Dene</t>
+  </si>
+  <si>
+    <t>9786256907768</t>
+  </si>
+  <si>
+    <t>2024 AYT Yapay Zekâ Fizik 25 Deneme Benim Hocam Ya</t>
+  </si>
+  <si>
+    <t>9786256907775</t>
+  </si>
+  <si>
+    <t>2024 AYT Yapay Zekâ Kimya 25 Deneme Benim Hocam Ya</t>
+  </si>
+  <si>
+    <t>9786256907782</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 AYT Yapay Zekâ Biyoloji ı 25  Dene</t>
+  </si>
+  <si>
+    <t>9786256907799</t>
+  </si>
+  <si>
+    <t>2024 AYT Yapay Zekâ Tarih 33 Deneme Benim Hocam Ya</t>
+  </si>
+  <si>
+    <t>9786256907805</t>
+  </si>
+  <si>
+    <t>2024 Taktiklerle TYT Kimya Kampı Benim Hocam Yayın</t>
+  </si>
+  <si>
+    <t>9786256907881</t>
+  </si>
+  <si>
+    <t>2024 Taktiklerle TYT-AYT Tarih Kampı Benim Hocam Y</t>
+  </si>
+  <si>
+    <t>9786256907898</t>
+  </si>
+  <si>
+    <t>2024 Taktiklerle TYT Coğrafya Kampı Benim Hocam Ya</t>
+  </si>
+  <si>
+    <t>9786256907904</t>
+  </si>
+  <si>
+    <t>159,00 ₺</t>
+  </si>
+  <si>
+    <t>2024 Taktiklerle TYT Matematik Kampı Benim Hocam Y</t>
+  </si>
+  <si>
+    <t>9786256907911</t>
+  </si>
+  <si>
+    <t>2024 Taktiklerle TYT Felsefe Kampı Benim Hocam Yay</t>
+  </si>
+  <si>
+    <t>9786256907928</t>
+  </si>
+  <si>
+    <t>109,00 ₺</t>
+  </si>
+  <si>
+    <t>Yaz Sil Seti 5 li Eğlenceli Hafıza gelişimi-Eğitic</t>
+  </si>
+  <si>
+    <t>9786257093286</t>
+  </si>
+  <si>
+    <t>Endemik Yayınları 11.Sınıf Biyoloji Soru Bankası</t>
+  </si>
+  <si>
+    <t>9786257430104</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Benim Hocam Ayt Hafıza Teknikleriyle Türk Dili Ve </t>
+  </si>
+  <si>
+    <t>978625748</t>
+  </si>
+  <si>
+    <t>9. Sınıf Kazanım Özetli Biyoloji Soru Bankası Beni</t>
+  </si>
+  <si>
+    <t>9786257484039</t>
+  </si>
+  <si>
+    <t>57,00 ₺</t>
+  </si>
+  <si>
+    <t>10. Sınıf Kazanım Özetli Biyoloji Soru Bankası Ben</t>
+  </si>
+  <si>
+    <t>9786257484046</t>
+  </si>
+  <si>
+    <t>2024 Taktiklerle Çarpanlara Ayırma - Denklemler -O</t>
+  </si>
+  <si>
+    <t>9786257484732</t>
+  </si>
+  <si>
+    <t>AYT Türk Dili ve Edebiyatı Kırk İmbik Soru Bankası</t>
+  </si>
+  <si>
+    <t>9786257484848</t>
+  </si>
+  <si>
+    <t>64,00 ₺</t>
+  </si>
+  <si>
+    <t>2024 ÖABT Türk Dili ve Edebiyatı Soru Bankası Telm</t>
+  </si>
+  <si>
+    <t>9786257484893</t>
+  </si>
+  <si>
+    <t>638,00 ₺</t>
+  </si>
+  <si>
+    <t>KPSS Gümüş Serisi 1 ÖABT Türk Dili ve Edebiya</t>
+  </si>
+  <si>
+    <t>9786257484923</t>
+  </si>
+  <si>
+    <t>2026 Tüm Adaylar İçin Haritalarla Coğrafya Konu An</t>
+  </si>
+  <si>
+    <t>9786257684220</t>
+  </si>
+  <si>
+    <t>Her Güne Şükran la</t>
+  </si>
+  <si>
+    <t>9786258011487</t>
+  </si>
+  <si>
+    <t>74,00 ₺</t>
+  </si>
+  <si>
+    <t>YDS YÖKDİL YKSDİL Overdose Reading Vocabulary Beni</t>
+  </si>
+  <si>
+    <t>9786258011517</t>
+  </si>
+  <si>
+    <t>499,00 ₺</t>
+  </si>
+  <si>
+    <t>YDS 5 Deneme Sınavı Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9786258011531</t>
+  </si>
+  <si>
+    <t>69,00 ₺</t>
+  </si>
+  <si>
+    <t>Tüm ÖSYM Sınavları İçin Önce Bunu Çöz Matematik So</t>
+  </si>
+  <si>
+    <t>9786258011593</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TYT - MSÜ - KPSS Sınav Uzmanlarından Türkçe 15x40 </t>
+  </si>
+  <si>
+    <t>9786258011647</t>
+  </si>
+  <si>
+    <t>2024 Tüm Adaylar İçin Taktiklerle Trigonometri Kon</t>
+  </si>
+  <si>
+    <t>9786258060096</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALES DGS Tamamı Çözümlü Soru Bankası Sayısal </t>
+  </si>
+  <si>
+    <t>9786258060126</t>
+  </si>
+  <si>
+    <t>2024 AYT ve 12. Sınıflar İçin Organik Kimya Konu A</t>
+  </si>
+  <si>
+    <t>9786258060164</t>
+  </si>
+  <si>
+    <t>2024 Tüm Adaylar İçin Taktiklerle Permütasyon Komb</t>
+  </si>
+  <si>
+    <t>9786258060461</t>
+  </si>
+  <si>
+    <t>2024 Tüm Adaylar İçin Taktiklerle Mantık Kümeler V</t>
+  </si>
+  <si>
+    <t>9786258060478</t>
+  </si>
+  <si>
+    <t>2025 TYT Türkçe Ders Notları Konu Sonu Testleri İl</t>
+  </si>
+  <si>
+    <t>9786258161175</t>
+  </si>
+  <si>
+    <t>262,00 ₺</t>
+  </si>
+  <si>
+    <t>97862581611752025</t>
+  </si>
+  <si>
+    <t>9786258161176</t>
+  </si>
+  <si>
+    <t>2025 TYT Fizik Ders Notları Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9786258161182</t>
+  </si>
+  <si>
+    <t>285,00 ₺</t>
+  </si>
+  <si>
+    <t>2024 TYT Biyoloji Ders Notları Benim Hocam Yayınla</t>
+  </si>
+  <si>
+    <t>9786258161199</t>
+  </si>
+  <si>
+    <t>2025 TYT Fizik Tamamı Çözümlü Soru Bankası Benim H</t>
+  </si>
+  <si>
+    <t>9786258161251</t>
+  </si>
+  <si>
+    <t>2025 TYT Kimya Tamamı Video Çözümlü Soru Bankası B</t>
+  </si>
+  <si>
+    <t>9786258161267</t>
+  </si>
+  <si>
+    <t>341,00 ₺</t>
+  </si>
+  <si>
+    <t>2024 Tyt Kimya Tamamı Video Çözümlü Soru Bankası 9</t>
+  </si>
+  <si>
+    <t>978625816126777</t>
+  </si>
+  <si>
+    <t>2025 TYT-AYT Din Kültürü ve Ahlak Bilgisi Ders Not</t>
+  </si>
+  <si>
+    <t>9786258161281</t>
+  </si>
+  <si>
+    <t>244,00 ₺</t>
+  </si>
+  <si>
+    <t>2024 TYT Tarih Tamamı Çözümlü Soru Bankası Benim H</t>
+  </si>
+  <si>
+    <t>9786258161298</t>
+  </si>
+  <si>
+    <t>2025 AYT Matematik Ders Notları Benim Hocam Yayınl</t>
+  </si>
+  <si>
+    <t>97862581613422025</t>
+  </si>
+  <si>
+    <t>2025 TYT Kimya Ders Notları Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9786258161359</t>
+  </si>
+  <si>
+    <t>322,00 ₺</t>
+  </si>
+  <si>
+    <t>2025 AYT Fizik Ders Notları Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9786258161366</t>
+  </si>
+  <si>
+    <t>2025 AYT Türk Dili ve Edebiyatı Ders Notları Benim</t>
+  </si>
+  <si>
+    <t>9786258161380</t>
+  </si>
+  <si>
+    <t>2025 AYT Türk Dili ve Edebiyatı Video Destekli Kon</t>
+  </si>
+  <si>
+    <t>9786258161381</t>
+  </si>
+  <si>
+    <t>Ayt Türk Dili Ve Edebiyatı Tamamı Video Çözümlü So</t>
+  </si>
+  <si>
+    <t>9786258161458</t>
+  </si>
+  <si>
+    <t>2025 Ayt Türk Dili ve Edebiyatı Tamamı Video Çözüm</t>
+  </si>
+  <si>
+    <t>9786258161459</t>
+  </si>
+  <si>
+    <t>306,00 ₺</t>
+  </si>
+  <si>
+    <t>9786258161465</t>
+  </si>
+  <si>
+    <t>2024 AYT Biyoloji Tamamı Video Çözümlü Soru Bankas</t>
+  </si>
+  <si>
+    <t>9786258161472</t>
+  </si>
+  <si>
+    <t>2024 TYT-AYT Geometri Ders Notları Benim Hocam Yay</t>
+  </si>
+  <si>
+    <t>9786258161496</t>
+  </si>
+  <si>
+    <t>259,00 ₺</t>
+  </si>
+  <si>
+    <t>2025 KPSS Tarih Ders Notları Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9786258161984</t>
+  </si>
+  <si>
+    <t>2025 KPSS Vatandaşlık Ders Notları Benim Hocam Yay</t>
+  </si>
+  <si>
+    <t>9786258161991</t>
+  </si>
+  <si>
+    <t>LGS 600 Soruda 8. Sınıf 1.Dönem Tekrarı Çanta Yayı</t>
+  </si>
+  <si>
+    <t>9786258173338</t>
+  </si>
+  <si>
+    <t>Çanta 8. Sınıf Mini Türkçe Kazanım Sıralı Deneme S</t>
+  </si>
+  <si>
+    <t>9786258173475</t>
+  </si>
+  <si>
+    <t>Hocawebde 2023 KPSS Tarih Tamamı Çözümlü 22 Deneme</t>
+  </si>
+  <si>
+    <t>9786258257274</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 KPSS Tarih Tamamı Çözümlü Soru Bankası Benim </t>
+  </si>
+  <si>
+    <t>9786258263039</t>
+  </si>
+  <si>
+    <t>320,00 ₺</t>
+  </si>
+  <si>
+    <t>2025 KPSS Matematik Ders Notları Benim Hocam Yayın</t>
+  </si>
+  <si>
+    <t>9786258263046</t>
+  </si>
+  <si>
+    <t>2025 KPSS Matematik Tamamı Video Çözümlü Soru Bank</t>
+  </si>
+  <si>
+    <t>9786258263053</t>
+  </si>
+  <si>
+    <t>Benim Hocam 2024 Kpss Matematik Tamamı Video Çözüm</t>
+  </si>
+  <si>
+    <t>978625826305324</t>
+  </si>
+  <si>
+    <t>2025 KPSS Coğrafya Ders Notları Benim Hocam Yayınl</t>
+  </si>
+  <si>
+    <t>9786258263060</t>
+  </si>
+  <si>
+    <t>Benim Hocam 2023 KPSS Coğrafya Tamamı Çözümlü 22 D</t>
+  </si>
+  <si>
+    <t>9786258263275</t>
+  </si>
+  <si>
+    <t>Benim Hocam 2023 KPSS Vatandaşlık Tamamı Çözümlü 2</t>
+  </si>
+  <si>
+    <t>9786258263282</t>
+  </si>
+  <si>
+    <t>59,00 ₺</t>
+  </si>
+  <si>
+    <t>Benim Hocam 2023 KPSS Türkçe Tamamı Çözümlü 22 Den</t>
+  </si>
+  <si>
+    <t>9786258263299</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Benim Hocam 2023 KPSS Matematik Tamamı Çözümlü 22 </t>
+  </si>
+  <si>
+    <t>9786258263305</t>
+  </si>
+  <si>
+    <t>Benim Hocam ÖABT Türk Dili ve Edebiyatı Türkçe Öğr</t>
+  </si>
+  <si>
+    <t>9786258263497</t>
+  </si>
+  <si>
+    <t>165,00 ₺</t>
+  </si>
+  <si>
+    <t>Benim Hocam 2023 ÖABT Ortaöğretim Matematik Öğretm</t>
+  </si>
+  <si>
+    <t>9786258263664</t>
+  </si>
+  <si>
+    <t>349,00 ₺</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DGS İleri Üçlü Video Çözümlü 3 Deneme Benim Hocam </t>
+  </si>
+  <si>
+    <t>9786258263862</t>
+  </si>
+  <si>
+    <t>2023 AYT Adayları ve Ara Sınıflar İçin Taktiklerle</t>
+  </si>
+  <si>
+    <t>9786258263879</t>
+  </si>
+  <si>
+    <t>ALES DGS Türkçe Video Ders Notları Benim Hocam Yay</t>
+  </si>
+  <si>
+    <t>9786258263923</t>
+  </si>
+  <si>
+    <t>YDT Taktiklerle İngilizce Soru Bankası</t>
+  </si>
+  <si>
+    <t>9786258263930</t>
+  </si>
+  <si>
+    <t>2024 tyt-kpss taktiklerle dil bilgisi tamamı ve pa</t>
+  </si>
+  <si>
+    <t>992154747</t>
+  </si>
+  <si>
+    <t>2024 Tyt Sayısal Bölüm Video Destekli Konu Anlatım</t>
+  </si>
+  <si>
+    <t>992154752</t>
+  </si>
+  <si>
+    <t>2025 Tyt Kimya Video Destekli Konu Anlatımı Ders N</t>
+  </si>
+  <si>
+    <t>992154754</t>
+  </si>
+  <si>
+    <t>2025 Tyt Kimya Ders Notları Ve Tamamı Video Çözüml</t>
+  </si>
+  <si>
+    <t>99215475444</t>
+  </si>
+  <si>
+    <t>2024 Tyt Fizik Video Destekli Konu Anlatımı Ders N</t>
+  </si>
+  <si>
+    <t>992154755</t>
+  </si>
+  <si>
+    <t>YKS AYT Fizik Video Destekli Konu Anlatımı Ders No</t>
+  </si>
+  <si>
+    <t>992154780</t>
+  </si>
+  <si>
+    <t>YKS AYT Coğrafya Video Destekli Konu Anlatımı Ders</t>
+  </si>
+  <si>
+    <t>992154782</t>
+  </si>
+  <si>
+    <t>Benim Hocam 2023 KPSS Genel Kültür Video Ders Notl</t>
+  </si>
+  <si>
+    <t>992154801</t>
+  </si>
+  <si>
+    <t>Benim Hocam 2023 KPSS Genel Yetenek Video Ders Not</t>
+  </si>
+  <si>
+    <t>992154810</t>
+  </si>
+  <si>
+    <t>Benim Hocam 2023 KPSS Genel Kültür Genel Yetenek V</t>
+  </si>
+  <si>
+    <t>992154811</t>
+  </si>
+  <si>
+    <t>2024 TYT Fizik Ders Notları ve Tamamı Video Çözüml</t>
+  </si>
+  <si>
+    <t>992154972</t>
+  </si>
+  <si>
+    <t>2024 TYT-AYT Geometri Ders Notları ve Tamamı Video</t>
+  </si>
+  <si>
+    <t>992154974</t>
+  </si>
+  <si>
+    <t>2024 TYT Sayısal Tamamı Video Çözümlü Soru Bankası</t>
+  </si>
+  <si>
+    <t>992154975</t>
+  </si>
+  <si>
+    <t>2024 AYT Tarih Ders Notları ve Tamamı Video Çözüml</t>
+  </si>
+  <si>
+    <t>992154983</t>
+  </si>
+  <si>
+    <t>2024 AYT Türk Dili ve Edebiyatı Ders Notları ve Ta</t>
+  </si>
+  <si>
+    <t>992154984</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 KPSS Genel Yetenek Genel Kültür Ders Notları </t>
+  </si>
+  <si>
+    <t>992154992</t>
+  </si>
+  <si>
+    <t>2024 KPSS Genel Kültür Ders Notları Seti Benim Hoc</t>
+  </si>
+  <si>
+    <t>992154993</t>
+  </si>
+  <si>
+    <t>2024 KPSS Haritalarla Tarih ve Coğrafya Seti Benim</t>
+  </si>
+  <si>
+    <t>992154995</t>
+  </si>
+  <si>
+    <t>2024 KPSS Matematik Ders Notları ve Tamamı Video Ç</t>
+  </si>
+  <si>
+    <t>992154996</t>
+  </si>
+  <si>
+    <t>2024 KPSS Vatandaşlık Ders Notları ve Tamamı Çözüm</t>
+  </si>
+  <si>
+    <t>992154997</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 KPSS Coğrafya Ders Notları ve Tamamı Çözümlü </t>
+  </si>
+  <si>
+    <t>9921550008</t>
+  </si>
+  <si>
+    <t>2024 KPSS Coğrafya 3lü Set Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9921550009</t>
+  </si>
+  <si>
+    <t>2024 KPSS Tarih 3lü Set Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9921550010</t>
+  </si>
+  <si>
+    <t>2024 AYT Biyoloji Ders Notları ve Tamamı Video Çöz</t>
+  </si>
+  <si>
+    <t>9921550011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 AYTTaktiklerle Matematik Konu Anlatımlı Soru </t>
+  </si>
+  <si>
+    <t>9921550017</t>
+  </si>
+  <si>
+    <t>2024 YDT Taktiklerle İngilizce SKILLS Konu Anlatım</t>
+  </si>
+  <si>
+    <t>9921550031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 YDT  Full Set Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9921550032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 YDT Konu Anlatımı ve Soru Bankası Seti Benim </t>
+  </si>
+  <si>
+    <t>9921550033</t>
+  </si>
+  <si>
+    <t>2024 ÖABT Türk Dili ve Edebiyatı Türkçe Öğretmenli</t>
+  </si>
+  <si>
+    <t>9921550042</t>
+  </si>
+  <si>
+    <t>2024 ÖABT Türk Dili ve Edebiyatı Video Ders Notlar</t>
+  </si>
+  <si>
+    <t>9921550043</t>
+  </si>
+  <si>
+    <t>2024 KPSS 3D Haritalarla Tarih Konu Anlatımlı ve N</t>
+  </si>
+  <si>
+    <t>9921550055</t>
+  </si>
+  <si>
+    <t>2024 KPSS Ders Notları - Soru Bankası- Haritalarla</t>
+  </si>
+  <si>
+    <t>9921550056</t>
+  </si>
+  <si>
+    <t>2024 TYT Tarih Tamamı Video Çözümlü Soru Bankası v</t>
+  </si>
+  <si>
+    <t>9921550060</t>
+  </si>
+  <si>
+    <t>2024 KPSS Tarih Tekerrür Kamp Kitabı ve KPSS Türkç</t>
+  </si>
+  <si>
+    <t>9921550063</t>
+  </si>
+  <si>
+    <t>2024 KPSS ALES DGS Matematix Soru Fasikülleri 1-2-</t>
+  </si>
+  <si>
+    <t>9921550065</t>
+  </si>
+  <si>
+    <t>Tüm Adaylar İçin Taktiklerle Paragraf 15 Deneme ve</t>
+  </si>
+  <si>
+    <t>9921550074</t>
+  </si>
+  <si>
+    <t>9921550075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 TYT  ve AYT Tüm Dersler Tamamı Video Çözümlü </t>
+  </si>
+  <si>
+    <t>9921550076</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2024 AYT Fizik Soru Bankası  Seti ÜçDörtBeş ve Be</t>
+  </si>
+  <si>
+    <t>9921550086</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2024 AYT Biyoloji Soru Bankası  Seti ÜçDörtBeş ve</t>
+  </si>
+  <si>
+    <t>9921550087</t>
+  </si>
+  <si>
+    <t>2024 TYT Yapay Zekâ Türkçe Matematik 10 Deneme Set</t>
+  </si>
+  <si>
+    <t>9921550097</t>
+  </si>
+  <si>
+    <t>2024 KPSS Genel Yetenek Genel Kültür Tamamı Çözüml</t>
+  </si>
+  <si>
+    <t>9921550098</t>
+  </si>
+  <si>
+    <t>2024 KPSS Genel Yetenek Tamamı Çözümlü 6+5+7 Denem</t>
+  </si>
+  <si>
+    <t>9921550099</t>
+  </si>
+  <si>
+    <t>2024 KPSS Genel Kültür Tamamı Çözümlü 6+5+7 Deneme</t>
+  </si>
+  <si>
+    <t>9921550100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 TYT Yapay Zekâ  Deneme Seti Benim Hocam Yayın</t>
+  </si>
+  <si>
+    <t>9921550101</t>
+  </si>
+  <si>
+    <t>2024 KPSS Coğrafya Konu Anlatımı - Soru Bankası ve</t>
+  </si>
+  <si>
+    <t>9921550108</t>
+  </si>
+  <si>
+    <t>2024 KPSS Vatandaşlık Konu Anlatımı - Soru Bankası</t>
+  </si>
+  <si>
+    <t>9921550109</t>
+  </si>
+  <si>
+    <t>2024 KPSS Türkçe Konu Anlatımı - Soru Bankası ve 6</t>
+  </si>
+  <si>
+    <t>9921550110</t>
+  </si>
+  <si>
+    <t>2024 KPSS Matematik Konu Anlatımı - Soru Bankası v</t>
+  </si>
+  <si>
+    <t>9921550111</t>
+  </si>
+  <si>
+    <t>2024 KPSS Türkçe Seti Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9921550112</t>
+  </si>
+  <si>
+    <t>2024 YKS Biyoloji Full Set Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9921550122</t>
+  </si>
+  <si>
+    <t>2024 YKS Felsefe Full Set Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9921550123</t>
+  </si>
+  <si>
+    <t>2024 TYT Coğrafya 3lü Set Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9921550126</t>
+  </si>
+  <si>
+    <t>2024 TYT Türkçe 3lü Set Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9921550127</t>
+  </si>
+  <si>
+    <t>2024 TYT Fizik 3lü Set Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9921550129</t>
+  </si>
+  <si>
+    <t>2025 KPSS Türkçe Tamamı Çözümlü Soru Bankası ve 6+</t>
+  </si>
+  <si>
+    <t>99215501372025</t>
+  </si>
+  <si>
+    <t>2024 KPSS Matematik Tamamı Çözümlü Soru Bankası ve</t>
+  </si>
+  <si>
+    <t>9921550138</t>
+  </si>
+  <si>
+    <t>2024 ÖABT PDR - Psikolojik Danışmanlık ve Rehberli</t>
+  </si>
+  <si>
+    <t>9921550139</t>
+  </si>
+  <si>
+    <t>2024 EKPSS Soru Bankası Seti Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9921550140</t>
+  </si>
+  <si>
+    <t>2024 EKPSS Türkçe Video Ders Notları ve Soru Banka</t>
+  </si>
+  <si>
+    <t>9921550141</t>
+  </si>
+  <si>
+    <t>2024 Tüm Adaylar İçin Paragraf - Dil Bilgisi İvedi</t>
+  </si>
+  <si>
+    <t>9921550149</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 Taktiklerle AYT Kimya Kampı ve Yapay Zekâ 25 </t>
+  </si>
+  <si>
+    <t>9921550150</t>
+  </si>
+  <si>
+    <t>2024 Taktiklerle AYT Matematik Kampı ve Yapay Zekâ</t>
+  </si>
+  <si>
+    <t>9921550151</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 Taktiklerle TYT-AYT Tarih Kampı ve AYT Yapay </t>
+  </si>
+  <si>
+    <t>9921550152</t>
+  </si>
+  <si>
+    <t>2024 AYT Türk Dili ve Edebiyatı Kampı ve Yapay Zek</t>
+  </si>
+  <si>
+    <t>9921550153</t>
+  </si>
+  <si>
+    <t>2024 KPSS Vatandaşlık Tekerrür Kamp Kitabı ve Günc</t>
+  </si>
+  <si>
+    <t>9921550161</t>
+  </si>
+  <si>
+    <t>2025 TYT Türkçe Ders Notları ve Tamamı Video Çözüm</t>
+  </si>
+  <si>
+    <t>9921550162</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 TYT  Coğrafya Ders Notları ve Tamamı Video Çö</t>
+  </si>
+  <si>
+    <t>9921550163</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 TYT  Fizik Ders Notları ve Tamamı Video Çözüm</t>
+  </si>
+  <si>
+    <t>9921550164</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 TYT  Kimya Ders Notları ve Tamamı Video Çözüm</t>
+  </si>
+  <si>
+    <t>9921550165</t>
+  </si>
+  <si>
+    <t>2025 AYT Coğrafya Ders Notları ve Tamamı Video Çöz</t>
+  </si>
+  <si>
+    <t>9921550173</t>
+  </si>
+  <si>
+    <t>2025 AYT Tarih Ders Notları ve Tamamı Video Çözüml</t>
+  </si>
+  <si>
+    <t>9921550174</t>
+  </si>
+  <si>
+    <t>2025 TYT Türkçe Soru Bankası Seti Benim Hocam Yayı</t>
+  </si>
+  <si>
+    <t>9921550175</t>
+  </si>
+  <si>
+    <t>2025 TYT Matematik Soru Bankası Seti Benim Hocam Y</t>
+  </si>
+  <si>
+    <t>9921550176</t>
+  </si>
+  <si>
+    <t>2025 TYT Fizik Soru Bankası Seti Benim Hocam Yayın</t>
+  </si>
+  <si>
+    <t>9921550177</t>
+  </si>
+  <si>
+    <t>2025 TYT Tütkçe - Tarih - Coğrafya - Felsefe ve Di</t>
+  </si>
+  <si>
+    <t>9921550185</t>
+  </si>
+  <si>
+    <t>2025 TYT Türkçe - Tarih - Coğrafya - Felsefe ve Di</t>
+  </si>
+  <si>
+    <t>9921550186</t>
+  </si>
+  <si>
+    <t>2025 TYT Matematik - Geometri - Fizik - Kimya - Bi</t>
+  </si>
+  <si>
+    <t>9921550187</t>
+  </si>
+  <si>
+    <t>2025 TYT Türkçe - Tarih - Coğrafya - Matematik - G</t>
+  </si>
+  <si>
+    <t>9921550188</t>
+  </si>
+  <si>
+    <t>2025 AYT Tarih - Coğrafya Ders Notları ve Soru Ban</t>
+  </si>
+  <si>
+    <t>9921550189</t>
+  </si>
+  <si>
+    <t>2025 KPSS Vatandaşlık Ders Notları ve Tamamı Çözüm</t>
+  </si>
+  <si>
+    <t>9921550197</t>
+  </si>
+  <si>
+    <t>2025 KPSS Ders Notları Seti Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9921550198</t>
+  </si>
+  <si>
+    <t>2025 KPSS Genel Kültür Ders Notları Seti Benim Hoc</t>
+  </si>
+  <si>
+    <t>9921550199</t>
+  </si>
+  <si>
+    <t>2025 KPSS Genel Yetenek Ders Notları Seti Benim Ho</t>
+  </si>
+  <si>
+    <t>9921550200</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> KPSS Haritalarla Tarih ve KPSS Tarih Tamamı Çözüm</t>
+  </si>
+  <si>
+    <t>9921550201</t>
+  </si>
+  <si>
+    <t>2025 AYT Matematik Ders Notları ve Tamamı Video Çö</t>
+  </si>
+  <si>
+    <t>9921550210</t>
+  </si>
+  <si>
+    <t>2025 AYT Türk Dili ve Edebiyetı - Matematik Ders N</t>
+  </si>
+  <si>
+    <t>9921550211</t>
+  </si>
+  <si>
+    <t>2025 AYT Türk Dili ve Edebiyatı - Matematik Ders N</t>
+  </si>
+  <si>
+    <t>99215502111</t>
+  </si>
+  <si>
+    <t>2025 KPSS Tarih ve Coğrafya Ders Notları Seti Beni</t>
+  </si>
+  <si>
+    <t>9921550212</t>
+  </si>
+  <si>
+    <t>2025 KPSS Tarih ve Coğrafya Tamamı Çözümlü Soru Ba</t>
+  </si>
+  <si>
+    <t>9921550213</t>
+  </si>
+  <si>
+    <t>2025 KPSS Matematik Ders Notları - Soru Bankası ve</t>
+  </si>
+  <si>
+    <t>9921550223</t>
+  </si>
+  <si>
+    <t>2025 KPSS Matematik Ders Notları ve Tamamı Çözümlü</t>
+  </si>
+  <si>
+    <t>9921550224</t>
+  </si>
+  <si>
+    <t>2025 KPSS Coğrafya Ders Notları - Soru Bankası - 6</t>
+  </si>
+  <si>
+    <t>9921550226</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 KPSS Coğrafya Ders Notları - Soru Bankası ve </t>
+  </si>
+  <si>
+    <t>9921550227</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 Tüm Adaylar İçin Taktiklerle Temel Kavramlar </t>
+  </si>
+  <si>
+    <t>9921550233</t>
+  </si>
+  <si>
+    <t>2025 TYT -AYT Geometri - TYT Matematik Ders Notlar</t>
+  </si>
+  <si>
+    <t>9921550241</t>
+  </si>
+  <si>
+    <t>9921550242</t>
+  </si>
+  <si>
+    <t>2025 AYT Eşit Ağırlık Tamamı Video Çözümlü Soru Ba</t>
+  </si>
+  <si>
+    <t>9921550243</t>
+  </si>
+  <si>
+    <t>2025 TYT -AYT Geometri - AYT Matematik Ders Notlar</t>
+  </si>
+  <si>
+    <t>9921550244</t>
+  </si>
+  <si>
+    <t>2025 KPSS Genel Kültür Konu Anlatımı Seti Benim Ho</t>
+  </si>
+  <si>
+    <t>9921550245</t>
+  </si>
+  <si>
+    <t>2025 KPSS Matematik Konu Anlatımı - Soru Bankası v</t>
+  </si>
+  <si>
+    <t>9921550253</t>
+  </si>
+  <si>
+    <t>2025 AYT Biyoloji Ders Notları ve Tamamı Video Çöz</t>
+  </si>
+  <si>
+    <t>9921550254</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 AYT Fizik - Kimya - Biyoloji Ders Notları ve </t>
+  </si>
+  <si>
+    <t>9921550255</t>
+  </si>
+  <si>
+    <t>2025 AYT Fizik - Kimya - Biyoloji Soru Bankası Set</t>
+  </si>
+  <si>
+    <t>9921550256</t>
+  </si>
+  <si>
+    <t>2025 AYT Sayısal Tamamı Video Çözümlü Soru Bankası</t>
+  </si>
+  <si>
+    <t>9921550257</t>
+  </si>
+  <si>
+    <t>2025 YDT Taktiklerle İngilizce SKILLS Konu Anlatım</t>
+  </si>
+  <si>
+    <t>9921550265</t>
+  </si>
+  <si>
+    <t>9921550268</t>
+  </si>
+  <si>
+    <t>2025 9. Sınıf Konu Anlatımlı Soru Bankası Seti Ben</t>
+  </si>
+  <si>
+    <t>9921550269</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 KPSS Genel Yetenek Genel Kültür Konu Anlatım </t>
+  </si>
+  <si>
+    <t>9921550270</t>
+  </si>
+  <si>
+    <t>2025 AGS Mevzuat Konu Anlatımı ve Soru Bankası Set</t>
+  </si>
+  <si>
+    <t>9921550271</t>
+  </si>
+  <si>
+    <t>9921550280</t>
+  </si>
+  <si>
+    <t>2025 ÖABT Türkçe Video Ders Notları BENGİ Serisi B</t>
+  </si>
+  <si>
+    <t>9921550281</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 ALES DGS Matematik Video Ders Notları ve  ALE</t>
+  </si>
+  <si>
+    <t>9921550282</t>
+  </si>
+  <si>
+    <t>2025 AGS Türkiye Coğrafyası Konu Anlatımı ve Tamam</t>
+  </si>
+  <si>
+    <t>9921550283</t>
+  </si>
+  <si>
+    <t>2025 AGS Türkiye Coğrafyası Konu Anlatımı - Soru B</t>
+  </si>
+  <si>
+    <t>9921550284</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 AGS Tarih ve Türkiye Coğrafyası Soru Bankası </t>
+  </si>
+  <si>
+    <t>9921550292</t>
+  </si>
+  <si>
+    <t>2025 AGS Tarih ve Türkiye Coğrafyası Konu Anlatımı</t>
+  </si>
+  <si>
+    <t>9921550293</t>
+  </si>
+  <si>
+    <t>2025 AGS Tarih - Türkiye Coğrafyası ve Mevzuat Sor</t>
+  </si>
+  <si>
+    <t>9921550294</t>
+  </si>
+  <si>
+    <t>2025 AGS Tarih - Türkiye Coğrafyası ve Mevzuat Kon</t>
+  </si>
+  <si>
+    <t>9921550295</t>
+  </si>
+  <si>
+    <t>9921550296</t>
+  </si>
+  <si>
+    <t>2025 TYT Kimya Ders Notları TYT Yapay Zekâ Kimya 4</t>
+  </si>
+  <si>
+    <t>9921550304</t>
+  </si>
+  <si>
+    <t>2025 TYT Coğrafya Ders Notları TYT Yapay Zekâ Coğr</t>
+  </si>
+  <si>
+    <t>9921550305</t>
+  </si>
+  <si>
+    <t>2025 TYT Coğrafya Tamamı Video Çözümlü Soru Bankas</t>
+  </si>
+  <si>
+    <t>9921550306</t>
+  </si>
+  <si>
+    <t>2025 TYT Fizik Tamamı Video Çözümlü Soru Bankası T</t>
+  </si>
+  <si>
+    <t>9921550307</t>
+  </si>
+  <si>
+    <t>2025 TYT Fizik Ders Notları TYT Yapay Zekâ Fizik 4</t>
+  </si>
+  <si>
+    <t>9921550308</t>
+  </si>
+  <si>
+    <t>9921550317</t>
+  </si>
+  <si>
+    <t>2025 AYT Fizik Ders Notları AYT Yapay Zekâ Fizik 2</t>
+  </si>
+  <si>
+    <t>9921550318</t>
+  </si>
+  <si>
+    <t>2025 AYT Fizik Tamamı Video Çözümlü Soru Bankası A</t>
+  </si>
+  <si>
+    <t>9921550319</t>
+  </si>
+  <si>
+    <t>9921550320</t>
+  </si>
+  <si>
+    <t>2025 AYT Matematik Ders Notları AYT Yapay Zekâ Mat</t>
+  </si>
+  <si>
+    <t>9921550321</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 TYT ve AYT Tarih Ders Notları  Seti Benim Hoc</t>
+  </si>
+  <si>
+    <t>9921550329</t>
+  </si>
+  <si>
+    <t>2026 TYT Türkçe Ders Notları ve Video Çözümlü Soru</t>
+  </si>
+  <si>
+    <t>9921550330</t>
+  </si>
+  <si>
+    <t>2026 TYT Biyoloji Ders Notları ve Video Çözümlü So</t>
+  </si>
+  <si>
+    <t>9921550331</t>
+  </si>
+  <si>
+    <t>2026 TYT- AYT- DGS- ALES- KPSS- MSÜ Parla Dil Bilg</t>
+  </si>
+  <si>
+    <t>9921550332</t>
+  </si>
+  <si>
+    <t>2026 TYT Türkçe Ders Notları ve Soru Bankası -Parl</t>
+  </si>
+  <si>
+    <t>9921550333</t>
+  </si>
+  <si>
+    <t>2026 TYT Tarih - Coğrafya Ders Notları ve Video Çö</t>
+  </si>
+  <si>
+    <t>9921550341</t>
+  </si>
+  <si>
+    <t>2026 AYT Tarih Ders Notları ve Soru Bankası Seti B</t>
+  </si>
+  <si>
+    <t>9921550342</t>
+  </si>
+  <si>
+    <t>2026 KPSS Vatandaşlık Ders Notları ve Soru Bankası</t>
+  </si>
+  <si>
+    <t>9921550343</t>
+  </si>
+  <si>
+    <t>2026 KPSS Türkçe Ders Notları ve Soru Bankası Seti</t>
+  </si>
+  <si>
+    <t>9921550344</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 KPSS Tarih Ders Notları ve Soru Bankası Seti </t>
+  </si>
+  <si>
+    <t>9921550345</t>
+  </si>
+  <si>
+    <t>2026 TYT Türkçe ve AYT Türk Dili ve Edebiyatı Ders</t>
+  </si>
+  <si>
+    <t>9921550353</t>
+  </si>
+  <si>
+    <t>2026 TYT ve AYT Tarih Soru Bankası Seti Benim Hoca</t>
+  </si>
+  <si>
+    <t>9921550354</t>
+  </si>
+  <si>
+    <t>2026 TYT - AYT Tarih Ders Notları - Soru Bankası S</t>
+  </si>
+  <si>
+    <t>9921550355</t>
+  </si>
+  <si>
+    <t>2026 TYT ve AYT Fizik Ders Notları Seti Benim Hoca</t>
+  </si>
+  <si>
+    <t>9921550356</t>
+  </si>
+  <si>
+    <t>2026 TYT ve AYT Fizik Video Çözümlü Soru Bankası S</t>
+  </si>
+  <si>
+    <t>9921550357</t>
+  </si>
+  <si>
+    <t>2026 KPSS AGS Tarih Soru Bankası ve KPSS Tarih Der</t>
+  </si>
+  <si>
+    <t>9921550365</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 AYT Kimya Ders Notları ve Video Çözümlü Soru </t>
+  </si>
+  <si>
+    <t>9921550366</t>
+  </si>
+  <si>
+    <t>2026 TYT - AYT Kimya Video Çözümlü Soru Bankası Se</t>
+  </si>
+  <si>
+    <t>9921550367</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 TYT - AYT Kimya Ders Notları ve Soru Bankası </t>
+  </si>
+  <si>
+    <t>9921550368</t>
+  </si>
+  <si>
+    <t>2026 KPSS Tarih ve Coğrafya Tamamı Çözümlü Soru Ba</t>
+  </si>
+  <si>
+    <t>9921550369</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 KPSS Tarih Ders Notları ve Haritalarla Tarih </t>
+  </si>
+  <si>
+    <t>9921550377</t>
+  </si>
+  <si>
+    <t>2026 KPSS Coğrafya Ders Notları ve Haritalarla Coğ</t>
+  </si>
+  <si>
+    <t>9921550378</t>
+  </si>
+  <si>
+    <t>2026 AGS Tarih Soru Bankası ve Haritalarla Tarih S</t>
+  </si>
+  <si>
+    <t>9921550379</t>
+  </si>
+  <si>
+    <t>2026 Haritalarla Tarih - Haritalarla Coğrafya Konu</t>
+  </si>
+  <si>
+    <t>9921550380</t>
+  </si>
+  <si>
+    <t>2026 TYT Türkçe - Tarih - Coğrafya - Felsefe - Din</t>
+  </si>
+  <si>
+    <t>9921550381</t>
+  </si>
+  <si>
+    <t>2026 AGS Tarih ve Türkiye Coğrafyası Konu Anlatımı</t>
+  </si>
+  <si>
+    <t>9921550389</t>
+  </si>
+  <si>
+    <t>2026 KPSS Türkçe Konu Anlatımı ve Soru Bankası Set</t>
+  </si>
+  <si>
+    <t>9921550390</t>
+  </si>
+  <si>
+    <t>2026 AYT Biyoloji Ders Notları ve Soru Bankası Set</t>
+  </si>
+  <si>
+    <t>9921550391</t>
+  </si>
+  <si>
+    <t>2026 AYT Fizk - Kimya - Biyoloji Ders Notları Seti</t>
+  </si>
+  <si>
+    <t>9921550392</t>
+  </si>
+  <si>
+    <t>2026 AYT Fizk - Kimya - Biyoloji Ders Notları ve S</t>
+  </si>
+  <si>
+    <t>9921550393</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 YDT  Ders Notları ve Soru Bankası  Seti Benim</t>
+  </si>
+  <si>
+    <t>9921550401</t>
+  </si>
+  <si>
+    <t>2026 KPSS Tarih Konu Anlatımı ve Soru Bankası Seti</t>
+  </si>
+  <si>
+    <t>9921550402</t>
+  </si>
+  <si>
+    <t>2026 KPSS Tarih Konu - Soru Bankası ve Ders Notlar</t>
+  </si>
+  <si>
+    <t>9921550403</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 KPSS Türkçe  Konu - Soru Bankası ve Ders Notl</t>
+  </si>
+  <si>
+    <t>9921550404</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  2026 KPSS Türkçe Ders Notları - Soru Bankası ve </t>
+  </si>
+  <si>
+    <t>9921550405</t>
+  </si>
+  <si>
+    <t>2026 YDS Dil Bilgisi Stratejileri ve Grammar - Oku</t>
+  </si>
+  <si>
+    <t>9921550413</t>
+  </si>
+  <si>
+    <t>2026 KPSS Genel Yetenek Konu Anlatımı Seti Benim H</t>
+  </si>
+  <si>
+    <t>9921550414</t>
+  </si>
+  <si>
+    <t>2026 KPSS Konu Anlatımı Full Set Benim Hocam Yayın</t>
+  </si>
+  <si>
+    <t>9921550415</t>
+  </si>
+  <si>
+    <t>2026 KPSS Genel Yetenek Ders Notları Seti Benim Ho</t>
+  </si>
+  <si>
+    <t>9921550416</t>
+  </si>
+  <si>
+    <t>2026 KPSS Ders Notları Full Set Benim Hocam Yayınl</t>
+  </si>
+  <si>
+    <t>9921550417</t>
+  </si>
+  <si>
+    <t>Benim Hocam 2024 Yks Tyt Fizik Kimya Biyoloji Soru</t>
+  </si>
+  <si>
+    <t>9999258161257</t>
+  </si>
+  <si>
+    <t>2024 TYT Türkçe Ders Notları Konu Sonu Testleri İl</t>
+  </si>
+  <si>
+    <t>AKL9786258161175</t>
+  </si>
+  <si>
+    <t>A5 Spiralli 4lü Çizgisiz Okul Defter Seti 13,5 X 2</t>
+  </si>
+  <si>
+    <t>APES001</t>
+  </si>
+  <si>
+    <t>Benim hocam AYT Kurumsal deneme 2025 3.Sınav</t>
+  </si>
+  <si>
+    <t>4687107471</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 AYT Coğrafya Ders Notları BHBAYRAMMERAL, one </t>
+  </si>
+  <si>
+    <t>BH20269786255847751</t>
+  </si>
+  <si>
+    <t>BNM9786258161328</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DİJİTAL BASKI </t>
+  </si>
+  <si>
+    <t>DİJİTAL</t>
+  </si>
+  <si>
+    <t>Üç Dört Beş 345 Tyt Matematik Soru Bankası 2025 Ye</t>
+  </si>
+  <si>
+    <t>H9786058136809HLY</t>
+  </si>
+  <si>
+    <t>Benim hocam yayınları Paragraf Sıfır risk + kutu d</t>
+  </si>
+  <si>
+    <t>KUTUDENE0RİSK00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A5 NOT DEFTERİ 4 ADET NOT12131415, one size       </t>
+  </si>
+  <si>
+    <t>NOT12131415</t>
+  </si>
+  <si>
+    <t>Benim Hocam Öabt Türk Dili Ve Edebiyatı Kamp Tamam</t>
+  </si>
+  <si>
+    <t>TX275F88BA109266</t>
+  </si>
+  <si>
+    <t>Benim Hocam 2022 Taktiklerle Mantık Kümeler Veri I</t>
+  </si>
+  <si>
+    <t>TX275F88BA115012</t>
+  </si>
+  <si>
+    <t>2024 TYT Biyoloji Ders Notları BH9786258161199, on</t>
+  </si>
+  <si>
+    <t>TX275F88BA124276</t>
+  </si>
+  <si>
+    <t>2024 TYT Fizik Ders Notlar BH9786258161182, one si</t>
+  </si>
+  <si>
+    <t>TX275F88BA124277</t>
+  </si>
+  <si>
+    <t>2024 TYT Tarih Ders Notları BH9786258161205, one s</t>
+  </si>
+  <si>
+    <t>TX275F88BA124279</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 KPSS Vatandaşlık Tamamı Çözümlü Soru Bankası </t>
+  </si>
+  <si>
+    <t>TX275F88BA124824</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Benim Hocam 2024 Kpss Genel Kültür Tamamı Çözümlü </t>
+  </si>
+  <si>
+    <t>TX275F88BA124992</t>
+  </si>
+  <si>
+    <t>2025 KPSS Tarih Tamamı Çözümlü Soru Bankası BH9786</t>
+  </si>
+  <si>
+    <t>TX275F88BA125003</t>
+  </si>
+  <si>
+    <t>2024 KPSS Türkçe Tamamı Çözümlü Soru Bankası BH978</t>
+  </si>
+  <si>
+    <t>TX275F88BA125004</t>
+  </si>
+  <si>
+    <t>Benim Hocam 2024 EKPSS Matematik Video Ders Notlar</t>
+  </si>
+  <si>
+    <t>TX275F88BA149862</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Benim Hocam 2024 ÖABT Türk Dili ve Edebiyatı Soru </t>
+  </si>
+  <si>
+    <t>TX275F88BA151204</t>
+  </si>
+  <si>
+    <t>Benim Hocam Tüm Adaylar İçin Taktiklerle Dil Bilgi</t>
+  </si>
+  <si>
+    <t>TX275F88BA151291</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Benim Hocam Tüm Adaylar İçin Taktiklerle Paragraf </t>
+  </si>
+  <si>
+    <t>TX275F88BA151292</t>
+  </si>
+  <si>
+    <t>2024 Ekpss Matematik Tamamı Çözümlü Soru Bankası 9</t>
+  </si>
+  <si>
+    <t>TX275F88BA151490</t>
+  </si>
+  <si>
+    <t>2024 Kpss Ales Dgs Matematix Soru Fasikülleri 4 97</t>
+  </si>
+  <si>
+    <t>TX275F88BA151503</t>
+  </si>
+  <si>
+    <t>Benim Hocam 2024 TYT Fizik Kampı 9786256907874, on</t>
+  </si>
+  <si>
+    <t>TX275F88BA153094</t>
+  </si>
+  <si>
+    <t>Benim Hocam 2024 Taktiklerle TYT Felsefe Kampı 978</t>
+  </si>
+  <si>
+    <t>TX275F88BA153149</t>
+  </si>
+  <si>
+    <t>Benim Hocam 2024 Taktiklerle TYT Matematik Kampı 9</t>
+  </si>
+  <si>
+    <t>TX275F88BA153232</t>
+  </si>
+  <si>
+    <t>Benim Hocam 2024 Taktiklerle TYT Coğrafya Kampı 97</t>
+  </si>
+  <si>
+    <t>TX275F88BA153233</t>
+  </si>
+  <si>
+    <t>Benim Hocam 2024 Taktiklerle TYT Kimya Kampı TYC6K</t>
+  </si>
+  <si>
+    <t>TX275F88BA153235</t>
+  </si>
+  <si>
+    <t>2026 Tyt - Ayt - Kpss Benim Hocam Parla Paragraf S</t>
+  </si>
+  <si>
+    <t>TXCA5D750224626</t>
+  </si>
+  <si>
+    <t>2024 Tüm Adaylar için Haritalarla Coğrafya TYC0022</t>
+  </si>
+  <si>
+    <t>TXCA5D750225227</t>
+  </si>
+  <si>
+    <t>2024 Kpss Ales Dgs Matematix Soru Fasikülleri 7 TY</t>
+  </si>
+  <si>
+    <t>TYB1K29VDAHL5P7J84</t>
+  </si>
+  <si>
+    <t>2024 Kpss Ales Dgs Matematix Soru Fasikülleri 5 TY</t>
+  </si>
+  <si>
+    <t>TYB2FD77ZLX0EP5Y08</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Üç Dört Beş Yayınları Deneme 345 Tyt Mat Denemesi </t>
+  </si>
+  <si>
+    <t>TYB2TVIVKNL0RHJE43</t>
+  </si>
+  <si>
+    <t>345 TYT-AYT Geometri 2024 Model Soru Bankası 97860</t>
+  </si>
+  <si>
+    <t>TYBH3BHI2GAL3R5S98</t>
+  </si>
+  <si>
+    <t>üçdörtbeş 345 - TYT Fizik 30 deneme - GÜNCEL BASKI</t>
+  </si>
+  <si>
+    <t>TYBH8R0YVSVUR5EI12</t>
+  </si>
+  <si>
+    <t>345 YAYINLARI ÜÇ DÖRT BEŞ YAYINLARI TYT-AYT GEOMET</t>
+  </si>
+  <si>
+    <t>TYBHCH068Q4SX75M35</t>
+  </si>
+  <si>
+    <t>2024 Kpss Ales Dgs Matematix Soru Fasikülleri 6 TY</t>
+  </si>
+  <si>
+    <t>TYBHP9T7MNL30CR303</t>
+  </si>
+  <si>
+    <t>345-paragraf Sıfır Risk 2024 Model 9786057097101.2</t>
+  </si>
+  <si>
+    <t>TYBJRM9DPYYW8GTM47</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TYT Türkçe Soru Bankası 2026BASKI, one size        </t>
+  </si>
+  <si>
+    <t>TYC2026345YAY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyt Deneme seti 20252151, one size                 </t>
+  </si>
+  <si>
+    <t>TYC25045444</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Süresiz Planlayıcı Ajanda TYC97856422515, one size </t>
+  </si>
+  <si>
+    <t>TYC97856422515</t>
+  </si>
+  <si>
+    <t>Nasıl Çizilir? - 4+ Yaş Aktivite Kitabı - Okul Önc</t>
+  </si>
+  <si>
+    <t>TYCJHB15844</t>
+  </si>
+  <si>
+    <t>TYT Matematik Soru Bankası 2026TYCSONBASKI, one si</t>
+  </si>
+  <si>
+    <t>TYT9786058136809</t>
+  </si>
+  <si>
+    <t>7. Sınıf Kurumsal Deneme 2.sayı</t>
+  </si>
+  <si>
+    <t>KUR7-2</t>
+  </si>
+  <si>
+    <t>5.Sınıf BENİM SORU BANKAM TÜRKÇE - ÖRNEK BEDELSİZ</t>
+  </si>
+  <si>
+    <t>BHO013Ö</t>
+  </si>
+  <si>
+    <t>Ags kurumsal deneme 2.sayı (21-24 OCAK)</t>
+  </si>
+  <si>
+    <t>AGS2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kpss  kurumsal deneme 1 .sayı (21-24 OCAK)</t>
+  </si>
+  <si>
+    <t>KPSS1</t>
+  </si>
+  <si>
+    <t>TYT Türkiye Geneli Deneme Sınavı II ( 5-8 ŞUBAT)</t>
+  </si>
+  <si>
+    <t>KURL002</t>
+  </si>
+  <si>
+    <t>Tüm Dersler</t>
+  </si>
+  <si>
+    <t>5. Sınıf Kurumsal Deneme 3.sayı</t>
+  </si>
+  <si>
+    <t>KUR5-3</t>
+  </si>
+  <si>
+    <t>Kurumsal Deneme</t>
+  </si>
+  <si>
+    <t>6. Sınıf Kurumsal Deneme 3.sayı</t>
+  </si>
+  <si>
+    <t>KUR6-3</t>
+  </si>
+  <si>
+    <t>7. Sınıf Kurumsal Deneme 3.sayı</t>
+  </si>
+  <si>
+    <t>KUR7-3</t>
+  </si>
+  <si>
+    <t>8. Sınıf Kurumsal Deneme 3.sayı</t>
+  </si>
+  <si>
+    <t>KUR8-3</t>
+  </si>
+  <si>
+    <t>Benim Hocam Yayınları My Sticher Notebook 1000 Ade</t>
+  </si>
+  <si>
+    <t>11002666</t>
+  </si>
+  <si>
+    <t xml:space="preserve">345 Tyt Türkçe Soru Bankası 2025 51dsa6, one size  </t>
+  </si>
+  <si>
+    <t>1221160586879</t>
+  </si>
+  <si>
+    <t>Benim hocam AYT Kurumsal Deneme 2025 2.Sınav</t>
+  </si>
+  <si>
+    <t>BMKRS1</t>
+  </si>
+  <si>
+    <t>2026 Tyt Matematik Soru Bankası 2469154634901, one</t>
+  </si>
+  <si>
+    <t>19786058136809</t>
+  </si>
+  <si>
+    <t>2024 Kpss Genel Yetenek Genel Kültür Tamamı Çözüml</t>
+  </si>
+  <si>
+    <t>2024992187954</t>
+  </si>
+  <si>
+    <t>TYT &amp; AYT Paragrafın Ritmi (Üniversite Sınavlarına</t>
+  </si>
+  <si>
+    <t>20259786052330517</t>
+  </si>
+  <si>
+    <t>2025 TYT Biyoloji Tamamı Video Çözümlü Soru Bankas</t>
+  </si>
+  <si>
+    <t>20259786256073029</t>
+  </si>
+  <si>
+    <t>2025 11. Sınıf Coğrafya Konu Anlatımlı Soru Bankas</t>
+  </si>
+  <si>
+    <t>20259786256073432</t>
+  </si>
+  <si>
+    <t>2025 11. Sınıf Felsefe Konu Anlatımlı Soru Bankası</t>
+  </si>
+  <si>
+    <t>20259786256073449</t>
+  </si>
+  <si>
+    <t>2025 AYT Felsefe Grubu Ders Notları Benim Hocam Ya</t>
+  </si>
+  <si>
+    <t>20259786256907065</t>
+  </si>
+  <si>
+    <t>2025 AYT Felsefe Grubu Tamamı Video Çözümlü Soru B</t>
+  </si>
+  <si>
+    <t>20259786256907072</t>
+  </si>
+  <si>
+    <t>20259786256907669</t>
+  </si>
+  <si>
+    <t>2025 Kpss Matematik Tamamı Çözümlü 6 5 7 Deneme 97</t>
+  </si>
+  <si>
+    <t>20259786256907676</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 KPSS Tarih Tamamı Çözümlü 6+5+7 Deneme Benim </t>
+  </si>
+  <si>
+    <t>20259786256907683</t>
+  </si>
+  <si>
+    <t>2025 TYT Felsefe Ders Notları ve Soru Bankası Beni</t>
+  </si>
+  <si>
+    <t>20259786258161229</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Benim Hocam Tyt Türkçe Video Çözümlü Soru Bankası </t>
+  </si>
+  <si>
+    <t>20259786258161236</t>
+  </si>
+  <si>
+    <t>2025 TYT Matematik Tamamı Video Çözümlü Soru Banka</t>
+  </si>
+  <si>
+    <t>20259786258161243</t>
+  </si>
+  <si>
+    <t>2025 TYT Fizik Tamamı Video Çözümlü Soru Bankası B</t>
+  </si>
+  <si>
+    <t>20259786258161250</t>
+  </si>
+  <si>
+    <t>20259786258161267</t>
+  </si>
+  <si>
+    <t>20259786258161281</t>
+  </si>
+  <si>
+    <t>20259786258161304</t>
+  </si>
+  <si>
+    <t>20259786258161380</t>
+  </si>
+  <si>
+    <t>2025 AYT Coğrafya Ders Notları Benim Hocam Yayınla</t>
+  </si>
+  <si>
+    <t>20259786258161397</t>
+  </si>
+  <si>
+    <t>2025 AYT Tarih Tamamı Video Çözümlü Soru Bankası B</t>
+  </si>
+  <si>
+    <t>20259786258161410</t>
+  </si>
+  <si>
+    <t>2025 AYT Matematik Tamamı Video Çözümlü Soru Banka</t>
+  </si>
+  <si>
+    <t>20259786258161427</t>
+  </si>
+  <si>
+    <t>2025 AYT Kimya Tamamı Video Çözümlü Soru Bankası B</t>
+  </si>
+  <si>
+    <t>20259786258161434</t>
+  </si>
+  <si>
+    <t>2025 AYT Fizik Tamamı Video Çözümlü Soru Bankası B</t>
+  </si>
+  <si>
+    <t>20259786258161441</t>
+  </si>
+  <si>
+    <t>2025 AYT Türk Dili ve Edebiyatı Tamamı Video Çözüm</t>
+  </si>
+  <si>
+    <t>20259786258161458</t>
+  </si>
+  <si>
+    <t>20259786258161984</t>
+  </si>
+  <si>
+    <t>20259786258161991</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 KPSS Vatandaşlık Tamamı Çözümlü Soru Bankası </t>
+  </si>
+  <si>
+    <t>20259786258263008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 KPSS Tarih Tamamı Çözümlü Soru Bankası Benim </t>
+  </si>
+  <si>
+    <t>20259786258263039</t>
+  </si>
+  <si>
+    <t>20259786258263046</t>
+  </si>
+  <si>
+    <t>20259786258263053</t>
+  </si>
+  <si>
+    <t>2025 KPSS Coğrafya Tamamı Çözümlü Soru Bankası Ben</t>
+  </si>
+  <si>
+    <t>20259786258263077</t>
+  </si>
+  <si>
+    <t>2025 KPSS Genel Yetenek Genel Kültür Tamamı Çözüml</t>
+  </si>
+  <si>
+    <t>2025BASKI18DENEME</t>
+  </si>
+  <si>
+    <t>2025 TYT AYT SÖZEL KOÇUM BENİM</t>
+  </si>
+  <si>
+    <t>2025TYTAYTKOÇ</t>
+  </si>
+  <si>
+    <t>Ayt 8 Li Matematik Deneme 20259786058116269, one s</t>
+  </si>
+  <si>
+    <t>20269786058116269</t>
+  </si>
+  <si>
+    <t>2026 KPSS Coğrafya Konu Anlatımı Benim Hocam Yayın</t>
+  </si>
+  <si>
+    <t>20269786258263220</t>
+  </si>
+  <si>
+    <t>2026 KPSS Tarih Konu - Soru Bankası ve Haritalarla</t>
+  </si>
+  <si>
+    <t>20269921550406</t>
+  </si>
+  <si>
+    <t>2026 KPSS Coğrafya Konu - Soru Bankası ve Haritala</t>
+  </si>
+  <si>
+    <t>20269921550407</t>
+  </si>
+  <si>
+    <t>20269921550408</t>
+  </si>
+  <si>
+    <t>Paragrafın Ritmi ve Paragrafa Başlıyorum SETİ MUHT</t>
+  </si>
+  <si>
+    <t>254841484</t>
+  </si>
+  <si>
+    <t>2026 Tyt Tarih Ders Notları Soru Bankası SETİ 2026</t>
+  </si>
+  <si>
+    <t>26561154411</t>
+  </si>
+  <si>
+    <t>Benim hocam TYT Kurumsal deneme 2025 4.Sınav</t>
+  </si>
+  <si>
+    <t>BMKRS5</t>
+  </si>
+  <si>
+    <t>Benim Hocam 11. Sınıf Yksdil Kelime Kitabı (efa Se</t>
+  </si>
+  <si>
+    <t>35293</t>
+  </si>
+  <si>
+    <t>Benim Hocam 11. Sınıf Yksdil Gramer Kitabı (efa Se</t>
+  </si>
+  <si>
+    <t>35294</t>
+  </si>
+  <si>
+    <t>Benim hocam AYT Kurumsal deneme 2025 4.Sınav</t>
+  </si>
+  <si>
+    <t>BMKRS6</t>
+  </si>
+  <si>
+    <t>2026 Kpss Matematik Ders Notları Soru Bankası SETİ</t>
+  </si>
+  <si>
+    <t>54561515146</t>
+  </si>
+  <si>
+    <t>A5 4lü Spiralli Çizgili Okul Defter Seti 13,5x19,5</t>
+  </si>
+  <si>
+    <t>9178505439101</t>
+  </si>
+  <si>
+    <t>Planner Sticker Set 1000+ Adet Çıkartma Ajanda Gün</t>
+  </si>
+  <si>
+    <t>9786046577330</t>
+  </si>
+  <si>
+    <t>Arı Yayıncılık ÖSYM Soru Tipleriyle Paragrafın Rit</t>
+  </si>
+  <si>
+    <t>9786052330517</t>
+  </si>
+  <si>
+    <t>Arı 8. Sınıf Paragrafın Ritmi LGS Hazırlık 2025 Pr</t>
+  </si>
+  <si>
+    <t>978605233064711</t>
+  </si>
+  <si>
+    <t>11.SINIF GRAMMER YDS DİL HAZIRLIK KİTABI</t>
+  </si>
+  <si>
+    <t>9786052770719</t>
+  </si>
+  <si>
+    <t>47,50 ₺</t>
+  </si>
+  <si>
+    <t>EFA YKS DİL HAZIRLIK GRAMER FASİKÜL HAZIRLIK</t>
+  </si>
+  <si>
+    <t>9786052770726</t>
+  </si>
+  <si>
+    <t>11.SINIF MATEMATİK 900 SORU BANKASI BENİM HOCAM YA</t>
+  </si>
+  <si>
+    <t>9786052771204</t>
+  </si>
+  <si>
+    <t>LGS 8.Sınıf Sayısal 1.Dönem Tekrarı Soru Bankası B</t>
+  </si>
+  <si>
+    <t>9786052775592</t>
+  </si>
+  <si>
+    <t>49,00 ₺</t>
+  </si>
+  <si>
+    <t>LGS 8.Sınıf Sözel 1.Dönem Tekrarı Soru Bankası Ben</t>
+  </si>
+  <si>
+    <t>9786052775608</t>
+  </si>
+  <si>
+    <t>Tüm Sınavlar İçin ÖSYM NİN Paragraf Kelimeleri Ben</t>
+  </si>
+  <si>
+    <t>9786052775769</t>
+  </si>
+  <si>
+    <t>34,50 ₺</t>
+  </si>
+  <si>
+    <t>LGS 8.Sınıf Matematik Soru Bankası Benim Hocam Yay</t>
+  </si>
+  <si>
+    <t>9786052776049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LGS 8.Sınıf SES Serisi Fen Bilimleri Soru Bankası </t>
+  </si>
+  <si>
+    <t>9786052776056</t>
+  </si>
+  <si>
+    <t>43,50 ₺</t>
+  </si>
+  <si>
+    <t>LGS 8.Sınıf SES Serisi İngilizce Soru Bankası Beni</t>
+  </si>
+  <si>
+    <t>9786052776087</t>
+  </si>
+  <si>
+    <t>LGS 8. Sınıf Din Kültürü ve Ahlak Bilgisi Video De</t>
+  </si>
+  <si>
+    <t>9786052776094</t>
+  </si>
+  <si>
+    <t>9. Sınıf Yazılı Var Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9786052777237</t>
+  </si>
+  <si>
+    <t>10. Sınıf Yazılı Var Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9786052777244</t>
+  </si>
+  <si>
+    <t>11. Sınıf Eşit Ağırlık Yazılı Var Benim Hocam Yayı</t>
+  </si>
+  <si>
+    <t>9786052777251</t>
+  </si>
+  <si>
+    <t>11. Sınıf Sayısal Yazılı Var Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9786052777268</t>
+  </si>
+  <si>
+    <t>Taktiklerle Elektrik TYT Fizik Benim Hocam Yayınla</t>
+  </si>
+  <si>
+    <t>9786052777275</t>
+  </si>
+  <si>
+    <t>2024 TYT-AYT-KPSS-ALES-DGS Paragrafın Felsefesi Ta</t>
+  </si>
+  <si>
+    <t>9786052778463</t>
+  </si>
+  <si>
+    <t>239,00 ₺</t>
+  </si>
+  <si>
+    <t>KPSS 3D Haritalarla Tarih Konu Anlatımı Benim Hoca</t>
+  </si>
+  <si>
+    <t>9786052778487</t>
+  </si>
+  <si>
+    <t>2025 Ayt Edebiyat Soru Bankası 9786056959011.24, o</t>
+  </si>
+  <si>
+    <t>978605695901124</t>
+  </si>
+  <si>
+    <t>345-AYT Coğrafya Soru Bankası 2024 Model 978605695</t>
+  </si>
+  <si>
+    <t>978605695905924</t>
+  </si>
+  <si>
+    <t>345-AYT Biyoloji Soru Bankası 2024 Model 978605695</t>
+  </si>
+  <si>
+    <t>978605695906624</t>
+  </si>
+  <si>
+    <t>345 Paragraf Sıfır Risk 2025 Model Üç Dört Beş Yay</t>
+  </si>
+  <si>
+    <t>978605709710125</t>
+  </si>
+  <si>
+    <t>2023 TYT 25li Fen Bilimleri Deneme Üç Dört Beş Yay</t>
+  </si>
+  <si>
+    <t>9786057097118</t>
+  </si>
+  <si>
+    <t>Şenol Hoca Alıştırmalarla Matematik 1 Ve Alıştırma</t>
+  </si>
+  <si>
+    <t>9786057479341SET</t>
+  </si>
+  <si>
+    <t>7. Sınıf Arı Yayınları Matematik Atölyem 978605770</t>
+  </si>
+  <si>
+    <t>9786057704757</t>
+  </si>
+  <si>
+    <t>10 lu matematik deneme+ Benim Hocam yayınları KUTU</t>
+  </si>
+  <si>
+    <t>97860581162692025</t>
+  </si>
+  <si>
+    <t>ÜÇDÖRTBEŞ YAYINLARI TYT MATEMATİK SORU BANKASI ÖSYM</t>
+  </si>
+  <si>
+    <t>9786058136809</t>
+  </si>
+  <si>
+    <t>ÜÇDÖRTBEŞ YAYINLARI YKS 1. OTURUM TYT MATEMATİK ÖS</t>
+  </si>
+  <si>
+    <t>9786058229983</t>
+  </si>
+  <si>
+    <t>121,00 ₺</t>
+  </si>
+  <si>
+    <t>Start Matematik 0 dan başla 9786255566027, one siz</t>
+  </si>
+  <si>
+    <t>9786255566027</t>
+  </si>
+  <si>
+    <t>2026 Ags Sayısal Yetenek Konu Anlatımı 2026SAYISAL</t>
+  </si>
+  <si>
+    <t>9786255761002</t>
+  </si>
+  <si>
+    <t>2026 - AGS Eğitimin Tem ve Türk milli Eğt Sis S.B.</t>
+  </si>
+  <si>
+    <t>9786255761019</t>
+  </si>
+  <si>
+    <t>2026 ALES DGS Matematik Video Ders Notları</t>
+  </si>
+  <si>
+    <t>9786255761026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 DGS Türkçe Sözel Yetenek - Sözel Mantık Soru </t>
+  </si>
+  <si>
+    <t>9786255761095</t>
+  </si>
+  <si>
+    <t>7.Sınıf BENİM SORU BANKAM MATEMATİK - ÖRNEK BEDELS</t>
+  </si>
+  <si>
+    <t>BHO007Ö</t>
+  </si>
+  <si>
+    <t>6.Sınıf BENİM SORU BANKAM MATEMATİK - ÖRNEK BEDELS</t>
+  </si>
+  <si>
+    <t>BHO006Ö</t>
+  </si>
+  <si>
+    <t>5.Sınıf BENİM SORU BANKAM MATEMATİK - ÖRNEK BEDELS</t>
+  </si>
+  <si>
+    <t>BHO005Ö</t>
+  </si>
+  <si>
+    <t>7.Sınıf BENİM SORU BANKAM FEN BİLİMLERİ - ÖRNEK BE</t>
+  </si>
+  <si>
+    <t>BHO031Ö</t>
+  </si>
+  <si>
+    <t>6.Sınıf BENİM SORU BANKAM FEN BİLİMLERİ - ÖRNEK BE</t>
+  </si>
+  <si>
+    <t>BHO030Ö</t>
+  </si>
+  <si>
+    <t>5.Sınıf BENİM SORU BANKAM FEN BİLİMLERİ - ÖRNEK BE</t>
+  </si>
+  <si>
+    <t>BHO029Ö</t>
+  </si>
+  <si>
+    <t>6. Sınıf BENİM FASİKÜLÜM SOSYAL BİLGİLER - ÖRNEK B</t>
+  </si>
+  <si>
+    <t>BHO018Ö</t>
+  </si>
+  <si>
+    <t>6. Sınıf Matematik Benim Fasikülüm Benim Hocam Yay</t>
+  </si>
+  <si>
+    <t>9786255847232</t>
+  </si>
+  <si>
+    <t>6. Sınıf BENİM FASİKÜLÜM MATEMATİK - ÖRNEK BEDELSİ</t>
+  </si>
+  <si>
+    <t>BHO002Ö</t>
+  </si>
+  <si>
+    <t>8. Sınıf Fen Bilimleri Benim Fasikülüm Benim Hocam</t>
+  </si>
+  <si>
+    <t>9786255847256</t>
+  </si>
+  <si>
+    <t>8. Sınıf BENİM FASİKÜLÜM FEN BİLİMLERİ - ÖRNEK BED</t>
+  </si>
+  <si>
+    <t>BHO028Ö</t>
+  </si>
+  <si>
+    <t>7. Sınıf BENİM FASİKÜLÜM FEN BİLİMLERİ - ÖRNEK BED</t>
+  </si>
+  <si>
+    <t>BHO027Ö</t>
+  </si>
+  <si>
+    <t>6. Sınıf BENİM FASİKÜLÜM FEN BİLİMLERİ - ÖRNEK BED</t>
+  </si>
+  <si>
+    <t>BHO026Ö</t>
+  </si>
+  <si>
+    <t>2026 TYT Tarih Ders Notları Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9786255847416</t>
+  </si>
+  <si>
+    <t>2026 TYT Fizik Ders Notları Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9786255847423</t>
+  </si>
+  <si>
+    <t>2026 TYT-AYT Din Kültürü ve Ahlak Bilgisi Ders Not</t>
+  </si>
+  <si>
+    <t>9786255847430</t>
+  </si>
+  <si>
+    <t>2026 TYT Tarih Video Çözümlü Soru Bankası Benim Ho</t>
+  </si>
+  <si>
+    <t>9786255847447</t>
+  </si>
+  <si>
+    <t>2026 TYT Fizik Video Çözümlü Soru Bankası Benim Ho</t>
+  </si>
+  <si>
+    <t>9786255847454</t>
+  </si>
+  <si>
+    <t>2026 TYT Biyoloji Video Çözümlü Soru Bankası Benim</t>
+  </si>
+  <si>
+    <t>9786255847461</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 TYT- KPSS- MSÜ Parla Dil Bilgisi Konu Özetli </t>
+  </si>
+  <si>
+    <t>9786255847478</t>
+  </si>
+  <si>
+    <t>2026 TYT Türkçe Ders Notları Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9786255847539</t>
+  </si>
+  <si>
+    <t>2026 TYT Kimya Ders Notları Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9786255847546</t>
+  </si>
+  <si>
+    <t>2026 TYT Kimya Video Çözümlü Soru Bankası Benim Ho</t>
+  </si>
+  <si>
+    <t>9786255847553</t>
+  </si>
+  <si>
+    <t>2026 TYT Coğrafya Ders Notları Benim Hocam Yayınla</t>
+  </si>
+  <si>
+    <t>9786255847560</t>
+  </si>
+  <si>
+    <t>2026 TYT Türkçe Video Çözümlü Soru Bankası Benim H</t>
+  </si>
+  <si>
+    <t>9786255847577</t>
+  </si>
+  <si>
+    <t>2026 AYT Kimya Ders Notları Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9786255847584</t>
+  </si>
+  <si>
+    <t>2026 AYT Türk Dili ve Edebiyatı Video Çözümlü Soru</t>
+  </si>
+  <si>
+    <t>9786255847591</t>
+  </si>
+  <si>
+    <t>2026 Haritalarla Tarih Konu Anlatımı Benim Hocam Y</t>
+  </si>
+  <si>
+    <t>9786255847652</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 KPSS Tarih Tamamı Çözümlü Soru Bankası Benim </t>
+  </si>
+  <si>
+    <t>9786255847669</t>
+  </si>
+  <si>
+    <t>2026 KPSS Türkçe Tamamı Video Çözümlü Soru Bankası</t>
+  </si>
+  <si>
+    <t>9786255847676</t>
+  </si>
+  <si>
+    <t>2026 KPSS Vatandaşlık Tamamı Video Çözümlü Soru Ba</t>
+  </si>
+  <si>
+    <t>9786255847683</t>
+  </si>
+  <si>
+    <t>2026 KPSS Türkçe Konu Anlatımı Benim Hocam Yayınla</t>
+  </si>
+  <si>
+    <t>9786255847690</t>
+  </si>
+  <si>
+    <t>2026 KPSS Vatandaşlık Ders Notları Benim Hocam Yay</t>
+  </si>
+  <si>
+    <t>9786255847706</t>
+  </si>
+  <si>
+    <t>2026 AYT Türk Dili ve Edebiyatı Ders Notları Benim</t>
+  </si>
+  <si>
+    <t>9786255847713</t>
+  </si>
+  <si>
+    <t>2026 KPSS Tarih Ders Notları Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9786255847775</t>
+  </si>
+  <si>
+    <t>2026 AYT Coğrafya Video Çözümlü Soru Bankası Benim</t>
+  </si>
+  <si>
+    <t>9786255847782</t>
+  </si>
+  <si>
+    <t>2026 YDT Skılls Lab Soru Bankası Benim Hocam Yayın</t>
+  </si>
+  <si>
+    <t>9786255847799</t>
+  </si>
+  <si>
+    <t>2026 YDT Grammar Lab Ders Notları ve Video Çözümlü</t>
+  </si>
+  <si>
+    <t>9786255847805</t>
+  </si>
+  <si>
+    <t>2026 KPSS Tarih Konu Anlatımı Benim Hocam Yayınlar</t>
+  </si>
+  <si>
+    <t>9786255847812</t>
+  </si>
+  <si>
+    <t>2026 KPSS Vatandaşlık Konu Anlatımı Benim Hocam Ya</t>
+  </si>
+  <si>
+    <t>9786255847829</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 Ayt Felsefe Ders Notları - Soru bankası </t>
+  </si>
+  <si>
+    <t>9786255847836</t>
+  </si>
+  <si>
+    <t>2026 KPSS Matematik Ders Notları Benim Hocam Yayın</t>
+  </si>
+  <si>
+    <t>9786255847928</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 TYT Matematik  Ders Notları Benim Hocam Yayın</t>
+  </si>
+  <si>
+    <t>9786255847966</t>
+  </si>
+  <si>
+    <t>2026 AYT Matematik Tamamı Video Çözümlü Soru Banka</t>
+  </si>
+  <si>
+    <t>9786255847973</t>
+  </si>
+  <si>
+    <t>2026 KPSS Matematik Tamamı Video Çözümlü Soru Bank</t>
+  </si>
+  <si>
+    <t>9786255847997</t>
+  </si>
+  <si>
+    <t>345 TYT-AYT Geometri 2. Kitap Soru Bankası 9786256</t>
+  </si>
+  <si>
+    <t>97862560609821</t>
+  </si>
+  <si>
+    <t>345 TYT 1 Ayda Tüm Sosyal Soru Bankası Tarih-Coğra</t>
+  </si>
+  <si>
+    <t>9786256060999</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 Ayda Tüm TYT Sosyal Soru Bankası 2025, one size  </t>
+  </si>
+  <si>
+    <t>97862560609992025</t>
+  </si>
+  <si>
+    <t>2025 Öğrenci Ydt Koçluk Kitabı</t>
+  </si>
+  <si>
+    <t>9786256073050</t>
+  </si>
+  <si>
+    <t>9786256073067</t>
+  </si>
+  <si>
+    <t>2025 TYT Tarih Ders Notları Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9786256073074</t>
+  </si>
+  <si>
+    <t>265,00 ₺</t>
+  </si>
+  <si>
+    <t>9786256073081</t>
+  </si>
+  <si>
+    <t>425,00 ₺</t>
+  </si>
+  <si>
+    <t>2025 TYT AYT SAYISAL KOÇUM BENİM</t>
+  </si>
+  <si>
+    <t>9786256073098</t>
+  </si>
+  <si>
+    <t>2025 TYT AYT EŞİT AĞIRLIK KOÇUM BENİM</t>
+  </si>
+  <si>
+    <t>9786256073104</t>
+  </si>
+  <si>
+    <t>2025 KPSS Türkçe Ders Notları Benim Hocam Yayınlar</t>
+  </si>
+  <si>
+    <t>9786256073111</t>
+  </si>
+  <si>
+    <t>220,00 ₺</t>
+  </si>
+  <si>
+    <t>2025 KPSS Türkçe Tamamı Çözümlü 6+5+7 Deneme Benim</t>
+  </si>
+  <si>
+    <t>9786256073210</t>
+  </si>
+  <si>
+    <t>ALES Matematik Geometri Sayısal Mantık Soru Bankas</t>
+  </si>
+  <si>
+    <t>9786256073524</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DGS Matematik  Geometri Sayısal Mantık Soru Bankas</t>
+  </si>
+  <si>
+    <t>9786256073531</t>
+  </si>
+  <si>
+    <t>2025 ALES DGS Matematik Video Ders Notları Benim H</t>
+  </si>
+  <si>
+    <t>9786256073548</t>
+  </si>
+  <si>
+    <t>Einstein Gibi Düşün Tesla Gibi Çalış Sınavı Kazan</t>
+  </si>
+  <si>
+    <t>9786256073555</t>
+  </si>
+  <si>
+    <t>2025 AGS Sayısal Yetenek Konu Anlatımı Benim Hocam</t>
+  </si>
+  <si>
+    <t>9786256073562</t>
+  </si>
+  <si>
+    <t>2025 AGS Mevzuat Konu Anlatımı Benim Hocam Yayınla</t>
+  </si>
+  <si>
+    <t>9786256073579</t>
+  </si>
+  <si>
+    <t>2025 AGS Sözel Yetenek Tamamı Çözümlü Soru Bankası</t>
+  </si>
+  <si>
+    <t>9786256073647</t>
+  </si>
+  <si>
+    <t>9786256073654</t>
+  </si>
+  <si>
+    <t>2025 AGS Türkiye Coğrafyası Tamamı Çözümlü Soru Ba</t>
+  </si>
+  <si>
+    <t>9786256073661</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 TYT Tüm Dersler 5li Deneme  Benim Hocam Yayın</t>
+  </si>
+  <si>
+    <t>9786256073678</t>
+  </si>
+  <si>
+    <t>2025 AGS Sayısal Yetenek Tamamı Çözümlü Soru Banka</t>
+  </si>
+  <si>
+    <t>9786256073685</t>
+  </si>
+  <si>
+    <t>2025 AGS Tarih Tamamı Çözümlü Soru Bankası Benim H</t>
+  </si>
+  <si>
+    <t>9786256073692</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 AGS Mevzuat Tamamı Çözümlü 40 Branş Deneme  B</t>
+  </si>
+  <si>
+    <t>9786256073715</t>
+  </si>
+  <si>
+    <t>2025 AGS Tarih Tamamı Çözümlü 33 Branş Deneme Beni</t>
+  </si>
+  <si>
+    <t>9786256073821</t>
+  </si>
+  <si>
+    <t>8.Sınıf BENİM SORU BANKAM FEN BİLİMLERİ - ÖRNEK BE</t>
+  </si>
+  <si>
+    <t>BHO032Ö</t>
+  </si>
+  <si>
+    <t>8.Sınıf BENİM SORU BANKAM İNKILAP TARİHİ - ÖRNEK B</t>
+  </si>
+  <si>
+    <t>BHO024Ö</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7.Sınıf BENİM SORU BANKAM SOSYAL BİLGİLER - ÖRNEK </t>
+  </si>
+  <si>
+    <t>BHO023Ö</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5.Sınıf BENİM SORU BANKAM SOSYAL BİLGİLER - ÖRNEK </t>
+  </si>
+  <si>
+    <t>BHO021Ö</t>
+  </si>
+  <si>
+    <t>5. Sınıf BENİM FASİKÜLÜM SOSYAL BİLGİLER - ÖRNEK B</t>
+  </si>
+  <si>
+    <t>BHO017Ö</t>
+  </si>
+  <si>
+    <t>5. Sınıf BENİM FASİKÜLÜM MATEMATİK - ÖRNEK BEDELSİ</t>
+  </si>
+  <si>
+    <t>BHO001Ö</t>
+  </si>
+  <si>
+    <t>Şenol Hoca - Alıştırmalarla Matematik 2. KİTAP</t>
+  </si>
+  <si>
+    <t>9786256790087</t>
+  </si>
+  <si>
+    <t>Şenol Hoca Merhaba - Ayt Matematik Soru Bankası</t>
+  </si>
+  <si>
+    <t>9786256790148</t>
+  </si>
+  <si>
+    <t>Şenol Hoca Merhaba - Tyt Matematik Soru Bankası</t>
+  </si>
+  <si>
+    <t>9786256790162</t>
+  </si>
+  <si>
+    <t>Şenol Hoca - Çıtır Çerez Problemler</t>
+  </si>
+  <si>
+    <t>9786256790186</t>
+  </si>
+  <si>
+    <t>Şenol Hoca - Alıştırmalarla Geometri</t>
+  </si>
+  <si>
+    <t>9786256790193</t>
+  </si>
+  <si>
+    <t>Şenol Hoca - Alıştırmalarla Matematik 1. KİTAP</t>
+  </si>
+  <si>
+    <t>9786256790209</t>
+  </si>
+  <si>
+    <t>Şenol Hoca - Çıtır Çerez Fonksiyonlar Soru Bankası</t>
+  </si>
+  <si>
+    <t>9786256790216</t>
+  </si>
+  <si>
+    <t>2024 EKPSS Tarih Video Ders Notları Benim Hocam Ya</t>
+  </si>
+  <si>
+    <t>9786256907133</t>
+  </si>
+  <si>
+    <t>2024 EKPSS Matematik Video Ders Notları Benim Hoca</t>
+  </si>
+  <si>
+    <t>9786256907140</t>
+  </si>
+  <si>
+    <t>2024 EKPSS Vatandaşlık Video Ders Notları Benim Ho</t>
+  </si>
+  <si>
+    <t>9786256907157</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 EKPSS Coğrafya  Video Ders Notları Benim Ho</t>
+  </si>
+  <si>
+    <t>9786256907164</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 EKPSS  Türkçe  Video Ders Notları Benim Ho</t>
+  </si>
+  <si>
+    <t>9786256907171</t>
+  </si>
+  <si>
+    <t>2024 KPSS Türkiyenin Hocalarından Tüm Dersler Tama</t>
+  </si>
+  <si>
+    <t>9786256907188</t>
+  </si>
+  <si>
+    <t>2024 KPSS Lise Ön Lisans Tüm Dersler Soru Bankası</t>
+  </si>
+  <si>
+    <t>9786256907195</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 KPSS ALES DGS  Matematix Soru Fasikülleri-1 B</t>
+  </si>
+  <si>
+    <t>9786256907256</t>
+  </si>
+  <si>
+    <t>2024 KPSS ALES DGS Matematix Soru Fasikülleri-2 Be</t>
+  </si>
+  <si>
+    <t>9786256907263</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 KPSS ALES DGS  Matematix Soru Fasikülleri-3 B</t>
+  </si>
+  <si>
+    <t>9786256907270</t>
+  </si>
+  <si>
+    <t>2024 KPSS ALES DGS Matematix Soru Fasikülleri-4 Be</t>
+  </si>
+  <si>
+    <t>9786256907287</t>
+  </si>
+  <si>
+    <t>2024 KPSS ALES DGS Matematix Soru Fasikülleri-5 Be</t>
+  </si>
+  <si>
+    <t>9786256907294</t>
+  </si>
+  <si>
+    <t>2024 KPSS ALES DGS Matematix Soru Fasikülleri-6 Be</t>
+  </si>
+  <si>
+    <t>9786256907300</t>
+  </si>
+  <si>
+    <t>2024 KPSS ALES DGS Matematix Soru Fasikülleri-7 Be</t>
+  </si>
+  <si>
+    <t>9786256907317</t>
+  </si>
+  <si>
+    <t>2024 ALES Matematik Tamamı Çözümlü Soru Bankası Be</t>
+  </si>
+  <si>
+    <t>9786256907379</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 DGS Türkçe Tamamı Çözümlü Soru Bankası Benim </t>
+  </si>
+  <si>
+    <t>9786256907386</t>
+  </si>
+  <si>
+    <t>2024 DGS Matematik Tamamı Çözümlü Soru Bankası Ben</t>
+  </si>
+  <si>
+    <t>9786256907393</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 ALES  Türkçe Tamamı Çözümlü Soru Bankası Beni</t>
+  </si>
+  <si>
+    <t>9786256907409</t>
+  </si>
+  <si>
+    <t>2024 TYT Yapay Zekâ Türkçe 10 Deneme Benim Hocam Y</t>
+  </si>
+  <si>
+    <t>9786256907478</t>
+  </si>
+  <si>
+    <t>2024 TYT Yapay Zekâ Matematik 10 Deneme Benim Hoca</t>
+  </si>
+  <si>
+    <t>9786256907485</t>
+  </si>
+  <si>
+    <t>2024 TYT Yapay Zekâ Fizik 40 Deneme BenimHocam Yay</t>
+  </si>
+  <si>
+    <t>9786256907492</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 TYT- AYT TYT Yapay Zekâ Din Kültürü Ve Ahlak </t>
+  </si>
+  <si>
+    <t>9786256907553</t>
+  </si>
+  <si>
+    <t>2024 9. Sınıf Tüm Dersler Soru Bankası Benim Hocam</t>
+  </si>
+  <si>
+    <t>9786256907560</t>
+  </si>
+  <si>
+    <t>290,00 ₺</t>
+  </si>
+  <si>
+    <t>2024 10. Sınıf Tüm Dersler Soru Bankası Benim Hoca</t>
+  </si>
+  <si>
+    <t>9786256907577</t>
+  </si>
+  <si>
+    <t>2024 11. Sınıf Eşit Ağırlık - Sözel Tüm Dersler So</t>
+  </si>
+  <si>
+    <t>9786256907584</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 11. Sınıf  Sayısal Tüm Dersler Soru Bankası B</t>
+  </si>
+  <si>
+    <t>9786256907591</t>
+  </si>
+  <si>
+    <t>2024 EKPSS Coğrafya Tamamı Çözümlü Soru Bankası Be</t>
+  </si>
+  <si>
+    <t>9786256907607</t>
+  </si>
+  <si>
+    <t>2024 EKPSS Matematik Tamamı Çözümlü Soru Bankası B</t>
+  </si>
+  <si>
+    <t>9786256907614</t>
+  </si>
+  <si>
+    <t>9786256907683</t>
+  </si>
+  <si>
+    <t>2024 KPSS Türkçe Tamamı Çözümlü 6+5+7 Deneme Benim</t>
+  </si>
+  <si>
+    <t>9786256907690</t>
+  </si>
+  <si>
+    <t>9786256907706</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 ÖABT Okul Öncesi Öğretmenliği Tamamı Çözümlü </t>
+  </si>
+  <si>
+    <t>9786256907720</t>
+  </si>
+  <si>
+    <t>270,00 ₺</t>
+  </si>
+  <si>
+    <t>2024 ÖABT Sınıf Öğretmenliği Tamamı Çözümlü 7li De</t>
+  </si>
+  <si>
+    <t>9786256907737</t>
+  </si>
+  <si>
+    <t>2024 DGS Tamamı Video Çözümlü 6lı DenemeBenim Hoca</t>
+  </si>
+  <si>
+    <t>9786256907744</t>
+  </si>
+  <si>
+    <t>200,00 ₺</t>
+  </si>
+  <si>
+    <t>2024 AYT Yapay Zekâ Matematik 10 Deneme Benim Hoca</t>
+  </si>
+  <si>
+    <t>9786256907751</t>
+  </si>
+  <si>
+    <t>2024 AYT Yapay Zekâ Coğrafya 33 Deneme Benim Hocam</t>
+  </si>
+  <si>
+    <t>9786256907812</t>
+  </si>
+  <si>
+    <t>2024 AYT Yapay Zekâ Felsefe Grubu 33 DenemeBenim H</t>
+  </si>
+  <si>
+    <t>9786256907829</t>
+  </si>
+  <si>
+    <t>9786256907836</t>
+  </si>
+  <si>
+    <t>9786256907843</t>
+  </si>
+  <si>
+    <t>700,00 ₺</t>
+  </si>
+  <si>
+    <t>2024 EKPSS Tamamı Çözümlü 7 Deneme Benim Hocam Yay</t>
+  </si>
+  <si>
+    <t>9786256907850</t>
+  </si>
+  <si>
+    <t>2024 EKPSS Türkçe Tamamı Çözümlü Soru Bankası Beni</t>
+  </si>
+  <si>
+    <t>9786256907867</t>
+  </si>
+  <si>
+    <t>160,00 ₺</t>
+  </si>
+  <si>
+    <t>2024 TYT Fizik Kampı Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9786256907874</t>
+  </si>
+  <si>
+    <t>2024 Tüm Adaylar İçin Paragraf İvedi Kampı Benim H</t>
+  </si>
+  <si>
+    <t>9786256907935</t>
+  </si>
+  <si>
+    <t>2024 Tüm Adaylar İçin Dil Bilgisi İvedi Kampı Beni</t>
+  </si>
+  <si>
+    <t>9786256907942</t>
+  </si>
+  <si>
+    <t>2024 ÖABT Türk Dili ve Edebiyatı Öğretmenliği Tama</t>
+  </si>
+  <si>
+    <t>9786256907959</t>
+  </si>
+  <si>
+    <t>2024 AYT Matematik Kampı Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9786256907966</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 AYT Türk Dili ve Edebiyatı Kampı Benim Hocam </t>
+  </si>
+  <si>
+    <t>9786256907973</t>
+  </si>
+  <si>
+    <t>2024 Taktiklerle AYT Kimya Kampı Benim Hocam Yayın</t>
+  </si>
+  <si>
+    <t>9786256907980</t>
+  </si>
+  <si>
+    <t>2024 KPSS Vatandaşlık Tekerrür Kamp Kitabı Benim H</t>
+  </si>
+  <si>
+    <t>9786256907997</t>
+  </si>
+  <si>
+    <t>2024 AYT Hafıza Teknikleriyle Türk Dili ve Edebiya</t>
+  </si>
+  <si>
+    <t>9786257484152</t>
+  </si>
+  <si>
+    <t>305,00 ₺</t>
+  </si>
+  <si>
+    <t>9786257484169</t>
+  </si>
+  <si>
+    <t>2022 Tüm Adaylar Için Matematik Taktiklerle Konu A</t>
+  </si>
+  <si>
+    <t>9786257484189-SET</t>
+  </si>
+  <si>
+    <t>2024 Tüm Adaylar İçin Haritalarla Coğrafya Benim H</t>
+  </si>
+  <si>
+    <t>9786257484220</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024  Taktiklerle Rasyonel Basit Eşitsizlikler ve </t>
+  </si>
+  <si>
+    <t>9786257484237</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 Taktiklerle Üslü - Köklü Sayılar  Soru Fasikü</t>
+  </si>
+  <si>
+    <t>9786257484404</t>
+  </si>
+  <si>
+    <t>9786257484732-SET</t>
+  </si>
+  <si>
+    <t>ÖABT Türk Dili ve Edebiyatı KAMP Tamamı Video Çözü</t>
+  </si>
+  <si>
+    <t>9786258011036</t>
+  </si>
+  <si>
+    <t>469,00 ₺</t>
+  </si>
+  <si>
+    <t>KPSS Gümüş Serisi 5 ÖABT Türk Dili ve Edebiya</t>
+  </si>
+  <si>
+    <t>9786258011043</t>
+  </si>
+  <si>
+    <t>KPSS Gümüş Serisi 2 ÖABT Türk Dili ve Edebiya</t>
+  </si>
+  <si>
+    <t>9786258011050</t>
+  </si>
+  <si>
+    <t>KPSS Gümüş Serisi 3 ÖABT Türk Dili ve Edebiya</t>
+  </si>
+  <si>
+    <t>9786258011067</t>
+  </si>
+  <si>
+    <t>KPSS Gümüş Serisi 4 ÖABT Türk Dili ve Edebiya</t>
+  </si>
+  <si>
+    <t>9786258011074</t>
+  </si>
+  <si>
+    <t>2024 KPSS 3D Haritalarla Tarih Konu Anlatımı Benim</t>
+  </si>
+  <si>
+    <t>9786258011111</t>
+  </si>
+  <si>
+    <t>Benim Hocam 2024 KPSS 3D Haritalarla Tarih Konu An</t>
+  </si>
+  <si>
+    <t>978625801111124</t>
+  </si>
+  <si>
+    <t>TYT - AYT - MSÜ - KPSS - ALES - DGS Sınav Uzmanlar</t>
+  </si>
+  <si>
+    <t>9786258011661</t>
+  </si>
+  <si>
+    <t>AYT Sınav Uzmanlarından Edebiyat Soru Bankası Beni</t>
+  </si>
+  <si>
+    <t>9786258011685</t>
+  </si>
+  <si>
+    <t>TYT - MSÜ - KPSS Sınav Uzmanlarından Dil Bilgisi S</t>
+  </si>
+  <si>
+    <t>9786258011692</t>
+  </si>
+  <si>
+    <t>TYT - AYT Uygulamalarla Tarih Benim Hocam Yayınlar</t>
+  </si>
+  <si>
+    <t>9786258011968</t>
+  </si>
+  <si>
+    <t>2024 KPSS Tarih Genel Tekrar Kitabı Benim Hocam Ya</t>
+  </si>
+  <si>
+    <t>9786258011975</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 Taktiklerle Fonksiyonlar Konu Anlatımlı Soru </t>
+  </si>
+  <si>
+    <t>9786258060072</t>
+  </si>
+  <si>
+    <t>2024 Taktiklerle Polinomlar - İkinci Dereceden Den</t>
+  </si>
+  <si>
+    <t>9786258060089</t>
+  </si>
+  <si>
+    <t>AYT Adayları ve 11. Sınıflar İçin Sistemler Konu A</t>
+  </si>
+  <si>
+    <t>9786258060577</t>
+  </si>
+  <si>
+    <t>84,00 ₺</t>
+  </si>
+  <si>
+    <t>Tüm Adaylar İçin Taktiklerle Paragraf 15 Deneme Ta</t>
+  </si>
+  <si>
+    <t>9786258060591</t>
+  </si>
+  <si>
+    <t>Tüm Adaylar İçin Taktiklerle Dil Bilgisi 25 Deneme</t>
+  </si>
+  <si>
+    <t>9786258060607</t>
+  </si>
+  <si>
+    <t>96,00 ₺</t>
+  </si>
+  <si>
+    <t>2024 AYT Adayları ve Ara Sınıflar İçin Taktiklerle</t>
+  </si>
+  <si>
+    <t>9786258060805</t>
+  </si>
+  <si>
+    <t>2024 Tüm Adaylar İçin Taktiklerle Geometri</t>
+  </si>
+  <si>
+    <t>9786258060928</t>
+  </si>
+  <si>
+    <t>9786258060935</t>
+  </si>
+  <si>
+    <t>9786258161168</t>
+  </si>
+  <si>
+    <t>397,00 ₺</t>
+  </si>
+  <si>
+    <t>2024 TYT Tarih Ders Notları Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9786258161205</t>
+  </si>
+  <si>
+    <t>9786258161212</t>
+  </si>
+  <si>
+    <t>2025 TYT Felsefe Ders Notları ve Tamamı Çözümlü So</t>
+  </si>
+  <si>
+    <t>9786258161229</t>
+  </si>
+  <si>
+    <t>282,00 ₺</t>
+  </si>
+  <si>
+    <t>97862581612292025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 TYT Türkçe Tamamı Video Çözümlü Soru Bankası </t>
+  </si>
+  <si>
+    <t>9786258161236</t>
+  </si>
+  <si>
+    <t>2025 TYT MatematikTamamı Çözümlü Soru Bankası Beni</t>
+  </si>
+  <si>
+    <t>9786258161243</t>
+  </si>
+  <si>
+    <t>9786258161250</t>
+  </si>
+  <si>
+    <t>9786258161304</t>
+  </si>
+  <si>
+    <t>TYT - AYT - KPSS Taktiklerle Paragraf Tamamı Video</t>
+  </si>
+  <si>
+    <t>9786258161311</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 TYT - AYT - KPSS Taktiklerle Paragraf Tamamı </t>
+  </si>
+  <si>
+    <t>97862581613112025</t>
+  </si>
+  <si>
+    <t>9786258161328</t>
+  </si>
+  <si>
+    <t>2025 AYT Tarih Ders Notları Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9786258161335</t>
+  </si>
+  <si>
+    <t>2024 Ayt Tarih Derst Notu 978625816133555, one siz</t>
+  </si>
+  <si>
+    <t>978625816133555</t>
+  </si>
+  <si>
+    <t>9786258161342</t>
+  </si>
+  <si>
+    <t>9786258161397</t>
+  </si>
+  <si>
+    <t>2024 AYT Biyoloji Ders Notları Benim Hocam Yayınla</t>
+  </si>
+  <si>
+    <t>9786258161403</t>
+  </si>
+  <si>
+    <t>9786258161410</t>
+  </si>
+  <si>
+    <t>2024 Ayt Tarih Tamamı Video Çözümlü Soru Bankası 9</t>
+  </si>
+  <si>
+    <t>978625816141000</t>
+  </si>
+  <si>
+    <t>9786258161427</t>
+  </si>
+  <si>
+    <t>378,00 ₺</t>
+  </si>
+  <si>
+    <t>9786258161434</t>
+  </si>
+  <si>
+    <t>9786258161441</t>
+  </si>
+  <si>
+    <t>304,00 ₺</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 TYT-AYT Geometri Tamamı Çözümlü Soru Bankası </t>
+  </si>
+  <si>
+    <t>9786258161502</t>
+  </si>
+  <si>
+    <t>2025 AYT Kimya Ders Notları Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9786258161533</t>
+  </si>
+  <si>
+    <t>9786258161540</t>
+  </si>
+  <si>
+    <t>229,00 ₺</t>
+  </si>
+  <si>
+    <t>YDT İngilizce Grammer Soru Bankası</t>
+  </si>
+  <si>
+    <t>9786258161557</t>
+  </si>
+  <si>
+    <t>166,00 ₺</t>
+  </si>
+  <si>
+    <t>2024 YDT İngilizce 5 Deneme Sınavı Benim Hocam Yay</t>
+  </si>
+  <si>
+    <t>9786258161564</t>
+  </si>
+  <si>
+    <t>97862581615642025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">YDT Taktiklerle İngilizce Skills  Konu Anlatımı</t>
+  </si>
+  <si>
+    <t>9786258161922</t>
+  </si>
+  <si>
+    <t>2024 Coğrafya Video Ders Notları 9786258257403, on</t>
+  </si>
+  <si>
+    <t>9786258257403</t>
+  </si>
+  <si>
+    <t>2024 KPSS Genel Kültür Coğrafya Tamamı Çözümlü Sor</t>
+  </si>
+  <si>
+    <t>9786258257410</t>
+  </si>
+  <si>
+    <t>2024 KPSS GK Coğrafya Tamamı Çözümlü 33 Deneme Sın</t>
+  </si>
+  <si>
+    <t>9786258257724</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 KPSS Haritalarla Coğrafya 9786258257748, one </t>
+  </si>
+  <si>
+    <t>9786258257748</t>
+  </si>
+  <si>
+    <t>9786258263008</t>
+  </si>
+  <si>
+    <t>240,00 ₺</t>
+  </si>
+  <si>
+    <t>2024 KPSS Türkçe Ders Notları Benim Hocam Yayınlar</t>
+  </si>
+  <si>
+    <t>9786258263015</t>
+  </si>
+  <si>
+    <t>Benim Hocam 2024 KPSS Türkçe Tamamı Çözümlü Soru B</t>
+  </si>
+  <si>
+    <t>9786258263022</t>
+  </si>
+  <si>
+    <t>97862582630602025</t>
+  </si>
+  <si>
+    <t>9786258263077</t>
+  </si>
+  <si>
+    <t>9786258263213</t>
+  </si>
+  <si>
+    <t>339,00 ₺</t>
+  </si>
+  <si>
+    <t>9786258263220</t>
+  </si>
+  <si>
+    <t>272,00 ₺</t>
+  </si>
+  <si>
+    <t>9786258263237</t>
+  </si>
+  <si>
+    <t>359,00 ₺</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024  KPSS Türkçe Konu Anlatımı Benim Hocam Yayınl</t>
+  </si>
+  <si>
+    <t>9786258263244</t>
+  </si>
+  <si>
+    <t>9786258263251</t>
+  </si>
+  <si>
+    <t>216,00 ₺</t>
+  </si>
+  <si>
+    <t>Benim Hocam ÖABT Türk Dili ve Edebiyatı Alan Eğiti</t>
+  </si>
+  <si>
+    <t>9786258263503</t>
+  </si>
+  <si>
+    <t>9786258263510</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Benim Hocam ÖABT Türk Dili ve Edebiyatı Eski Türk </t>
+  </si>
+  <si>
+    <t>9786258263527</t>
+  </si>
+  <si>
+    <t>9786258263534</t>
+  </si>
+  <si>
+    <t>Benim Hocam TYT-AYT Tarih Poster Notlar</t>
+  </si>
+  <si>
+    <t>9786258263541</t>
+  </si>
+  <si>
+    <t>Benim Hocam 2023 ÖABT Sınıf Öğretmenliği Tamamı Çö</t>
+  </si>
+  <si>
+    <t>9786258263589</t>
+  </si>
+  <si>
+    <t>249,00 ₺</t>
+  </si>
+  <si>
+    <t>Benim Hocam 2023 ÖABT İlköğretim Matematik Öğretme</t>
+  </si>
+  <si>
+    <t>9786258263657</t>
+  </si>
+  <si>
+    <t>Türkiyenin İdari Yapısı Merkezi Teşkilat Video Der</t>
+  </si>
+  <si>
+    <t>9786258263978</t>
+  </si>
+  <si>
+    <t>Benim Hocam Yayınları Okuduğunu Kaydet Not Et Sert</t>
+  </si>
+  <si>
+    <t>9786258754621</t>
+  </si>
+  <si>
+    <t>Test Dünyası TEOG 1 Son Hamle 5 Deneme</t>
+  </si>
+  <si>
+    <t>9789756266915</t>
+  </si>
+  <si>
+    <t>Not Defteri A5 Boyutunda 8 Adet Kareli-Çizgili-Nok</t>
+  </si>
+  <si>
+    <t>9789758372621</t>
+  </si>
+  <si>
+    <t>2026 Kpss Gygk Tarih- Coğrafya ve Vatandaşlık Soru</t>
+  </si>
+  <si>
+    <t>978997891818</t>
+  </si>
+  <si>
+    <t>Benim Hocam Tüm Adaylar Için Taktiklerle Konu Anla</t>
+  </si>
+  <si>
+    <t>9874561111111</t>
+  </si>
+  <si>
+    <t>98894561</t>
+  </si>
+  <si>
+    <t>Yks Tyt Türkçe Video Destekli Konu Anlatımı Ders N</t>
+  </si>
+  <si>
+    <t>992154760</t>
+  </si>
+  <si>
+    <t>Ayt Türk Dili Ve Edebiyatı Video Destekli Konu Anl</t>
+  </si>
+  <si>
+    <t>992154763</t>
+  </si>
+  <si>
+    <t>2024 Tyt Türkçe Taktiklerle Video Destekli Konu An</t>
+  </si>
+  <si>
+    <t>992154764</t>
+  </si>
+  <si>
+    <t>Ayt Kimya Video Destekli Konu Anlatımı Ders Notlar</t>
+  </si>
+  <si>
+    <t>992154765</t>
+  </si>
+  <si>
+    <t>2024 Tyt-ayt Geometri Ders Notları Ve Soru Bankası</t>
+  </si>
+  <si>
+    <t>992154766</t>
+  </si>
+  <si>
+    <t>YKS TYT Coğrafya Video Destekli Konu Anlatımı Ders</t>
+  </si>
+  <si>
+    <t>992154767</t>
+  </si>
+  <si>
+    <t>2025 Tyt Türkçe-matematik Tamamı Video Çözümlü Sor</t>
+  </si>
+  <si>
+    <t>992154772</t>
+  </si>
+  <si>
+    <t>Benim Hocam 2024 Kpss Genel Kültür Soru Bankası Se</t>
+  </si>
+  <si>
+    <t>992154816</t>
+  </si>
+  <si>
+    <t>2023 Ayt Taktiklerle Matematik Seti 992154833, one</t>
+  </si>
+  <si>
+    <t>992154833</t>
+  </si>
+  <si>
+    <t>Benim Hocam 2023 KPSS Genel Kültür Genel Yetenek T</t>
+  </si>
+  <si>
+    <t>992154841</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Benim Hocam ÖABT Türk Dili ve Edebiyatı  BENGİ Ser</t>
+  </si>
+  <si>
+    <t>992154892</t>
+  </si>
+  <si>
+    <t>2024 TYT Türkçe Ders Notları ve Tamamı Video Çözüm</t>
+  </si>
+  <si>
+    <t>992154968</t>
+  </si>
+  <si>
+    <t>2024 TYT Coğrafya Ders Notları ve Tamamı Video Çöz</t>
+  </si>
+  <si>
+    <t>992154969</t>
+  </si>
+  <si>
+    <t>2024 TYT Biyoloji Ders Notları ve Tamamı Video Çöz</t>
+  </si>
+  <si>
+    <t>992154970</t>
+  </si>
+  <si>
+    <t>2024 AYT Coğrafya Ders Notları ve Tamamı Video Çöz</t>
+  </si>
+  <si>
+    <t>992154985</t>
+  </si>
+  <si>
+    <t>2024 AYT Matematik Ders Notları ve Tamamı Video Çö</t>
+  </si>
+  <si>
+    <t>992154986</t>
+  </si>
+  <si>
+    <t>2024 AYT Fizik Ders Notları ve Tamamı Video Çözüml</t>
+  </si>
+  <si>
+    <t>992154987</t>
+  </si>
+  <si>
+    <t>2024 AYT Kimya Ders Notları ve Tamamı Video Çözüml</t>
+  </si>
+  <si>
+    <t>992154988</t>
+  </si>
+  <si>
+    <t>2024 AYT Felsefe Grubu Ders Notları ve Tamamı Vide</t>
+  </si>
+  <si>
+    <t>992154989</t>
+  </si>
+  <si>
+    <t>2024 KPSS Tarih ve Coğrafya Ders Notları Seti Beni</t>
+  </si>
+  <si>
+    <t>992154990</t>
+  </si>
+  <si>
+    <t>2024 KPSS Genel Yetenek Ders Notları Seti Benim Ho</t>
+  </si>
+  <si>
+    <t>992154991</t>
+  </si>
+  <si>
+    <t>2024 TYT Türkçe ve Matematik Ders Notları Seti Ben</t>
+  </si>
+  <si>
+    <t>992154998</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 TYT Türkçe ve Matematik Tamamı Video Çözümlü </t>
+  </si>
+  <si>
+    <t>992154999</t>
+  </si>
+  <si>
+    <t>2024 KPSS Türkçe Ders Notları ve Tamamı Çözümlü So</t>
+  </si>
+  <si>
+    <t>9921550002</t>
+  </si>
+  <si>
+    <t>2024 KPSS Tarih ve Coğrafya Tamamı Çözümlü Soru Ba</t>
+  </si>
+  <si>
+    <t>9921550003</t>
+  </si>
+  <si>
+    <t>9921550004</t>
+  </si>
+  <si>
+    <t>2024 KPSS Genel Kültür Tamamı Çözümlü Soru Bankası</t>
+  </si>
+  <si>
+    <t>9921550005</t>
+  </si>
+  <si>
+    <t>2024 KPSS Tarih Ders Notları Ve Tamamı çözümlü Sor</t>
+  </si>
+  <si>
+    <t>9921550007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 TYTTaktiklerle Matematik Konu Anlatımlı Soru </t>
+  </si>
+  <si>
+    <t>9921550018</t>
+  </si>
+  <si>
+    <t>2024 KPSS Taktiklerle Matematik Konu Anlatımlı Sor</t>
+  </si>
+  <si>
+    <t>9921550019</t>
+  </si>
+  <si>
+    <t>2024 AYT Sayısal Tamamı Video Çözümlü Soru Bankası</t>
+  </si>
+  <si>
+    <t>9921550024</t>
+  </si>
+  <si>
+    <t>2024 AYT Eşit Ağırlık Tamamı Video Çözümlü Soru Ba</t>
+  </si>
+  <si>
+    <t>9921550026</t>
+  </si>
+  <si>
+    <t>9921550028</t>
+  </si>
+  <si>
+    <t>2024 YDT İngilizce Grammar Ders Notları ve Soru Ba</t>
+  </si>
+  <si>
+    <t>9921550029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 YDT İngilizce Grammar Ders Notları  Soru Bank</t>
+  </si>
+  <si>
+    <t>9921550030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 KPSS Taktiklerle Dil Bilgisi ve Türkçe - Âlâ </t>
+  </si>
+  <si>
+    <t>9921550047</t>
+  </si>
+  <si>
+    <t>2024 KPSS Taktiklerle Paragraf ve Türkçe - Âlâ Sor</t>
+  </si>
+  <si>
+    <t>9921550048</t>
+  </si>
+  <si>
+    <t>2024 KPSS Taktiklerle Dil Bilgisi - Paragraf ve Tü</t>
+  </si>
+  <si>
+    <t>9921550049</t>
+  </si>
+  <si>
+    <t>2024 KPSS Tarih Soru Bankası ve Tarih Tekerrür Kam</t>
+  </si>
+  <si>
+    <t>9921550050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 KPSS Tarih Tekerrür Kamp Kitabı ve Namıdiğer </t>
+  </si>
+  <si>
+    <t>9921550051</t>
+  </si>
+  <si>
+    <t>2024 KPSS Tarih Ders Notları ve Namıdiğer Seti Ben</t>
+  </si>
+  <si>
+    <t>9921550052</t>
+  </si>
+  <si>
+    <t>2024 KPSS Tarih Soru Bankası ve Namıdiğer Seti Ben</t>
+  </si>
+  <si>
+    <t>9921550053</t>
+  </si>
+  <si>
+    <t>2024 KPSS Genel Kültür Sen Bilirsin Tarih-Coğrafya</t>
+  </si>
+  <si>
+    <t>9921550066</t>
+  </si>
+  <si>
+    <t>2024 ALES DGS Matematik Video Ders Notları ve ALES</t>
+  </si>
+  <si>
+    <t>9921550067</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 ALES DGS Matematik Video Ders Notları ve DGS </t>
+  </si>
+  <si>
+    <t>9921550068</t>
+  </si>
+  <si>
+    <t>2024 ALES DGS Türkçe Video Ders Notları ve DGS Tür</t>
+  </si>
+  <si>
+    <t>9921550069</t>
+  </si>
+  <si>
+    <t>2024 ALES DGS Türkçe Video Ders Notları ve ALES Tü</t>
+  </si>
+  <si>
+    <t>9921550070</t>
+  </si>
+  <si>
+    <t>2024 EKPSS Matematik Video Ders Notları ve Soru Ba</t>
+  </si>
+  <si>
+    <t>9921550072</t>
+  </si>
+  <si>
+    <t>2024 KPSS ALES DGS Matematix Soru Fasikülleri 7 li</t>
+  </si>
+  <si>
+    <t>9921550073</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2024 AYT Coğrafya Soru Bankası  Seti ÜçDörtBeş ve</t>
+  </si>
+  <si>
+    <t>9921550088</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2024 AYT Türk Dili ve Edebiyatı Soru Bankası  Set</t>
+  </si>
+  <si>
+    <t>9921550089</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2024 TYT Kimya Soru Bankası  Seti ÜçDörtBeş ve Be</t>
+  </si>
+  <si>
+    <t>9921550090</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2024 TYT Coğrafya Soru Bankası  Seti ÜçDörtBeş ve</t>
+  </si>
+  <si>
+    <t>9921550091</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2024 TYT Türkçe Soru Bankası  Seti ÜçDörtBeş ve B</t>
+  </si>
+  <si>
+    <t>9921550092</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2024 TYT Matematik Soru Bankası  Seti ÜçDörtBeş v</t>
+  </si>
+  <si>
+    <t>9921550093</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2024 TYT - AYT  Geometri Soru Bankası  Seti ÜçDör</t>
+  </si>
+  <si>
+    <t>9921550094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 KPSS Coğrafya Ders Notları - Soru Bankası ve </t>
+  </si>
+  <si>
+    <t>9921550102</t>
+  </si>
+  <si>
+    <t>2024 KPSS Tarih Ders Notları - Soru Bankası ve 6+5</t>
+  </si>
+  <si>
+    <t>9921550103</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 KPSS Vatandaşlık Ders Notları - Soru Bankası </t>
+  </si>
+  <si>
+    <t>9921550104</t>
+  </si>
+  <si>
+    <t>2024 KPSS Türkçe Ders Notları - Soru Bankası ve 6+</t>
+  </si>
+  <si>
+    <t>9921550105</t>
+  </si>
+  <si>
+    <t>2025 KPSS Türkçe Ders Notları - Soru Bankası ve 6+</t>
+  </si>
+  <si>
+    <t>99215501052025</t>
+  </si>
+  <si>
+    <t>2024 KPSS Matematik Ders Notları - Soru Bankası ve</t>
+  </si>
+  <si>
+    <t>9921550106</t>
+  </si>
+  <si>
+    <t>2024 KPSS Tarih Konu Anlatımı - Soru Bankası ve 6+</t>
+  </si>
+  <si>
+    <t>9921550107</t>
+  </si>
+  <si>
+    <t>2024 KPSS Matematik Seti Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9921550113</t>
+  </si>
+  <si>
+    <t>2024 KPSS Tarih Seti Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9921550114</t>
+  </si>
+  <si>
+    <t>2024 KPSS Coğrafya Seti Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9921550115</t>
+  </si>
+  <si>
+    <t>2024 KPSS Vatandaşlık Seti Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9921550116</t>
+  </si>
+  <si>
+    <t>2024 YKS Türkçe Full Set Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9921550117</t>
+  </si>
+  <si>
+    <t>2024 YKS Coğrafya Full Set Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9921550119</t>
+  </si>
+  <si>
+    <t>2024 YKS Fizik Full Set Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9921550120</t>
+  </si>
+  <si>
+    <t>2024 TYT Biyoloji 3lü Set Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9921550131</t>
+  </si>
+  <si>
+    <t>2024 TYT Felsefe Ders Notları - Soru Bankası ve De</t>
+  </si>
+  <si>
+    <t>9921550132</t>
+  </si>
+  <si>
+    <t>2024 TYT Tarih 3lü Set Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9921550133</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 KPSS Coğrafya Tamamı Çözümlü Soru Bankası ve </t>
+  </si>
+  <si>
+    <t>9921550134</t>
+  </si>
+  <si>
+    <t>2024 KPSS Tarih Tamamı Çözümlü Soru Bankası ve 6+5</t>
+  </si>
+  <si>
+    <t>9921550135</t>
+  </si>
+  <si>
+    <t>9921550136</t>
+  </si>
+  <si>
+    <t>2024 KPSS Türkçe Tamamı Çözümlü Soru Bankası ve 6+</t>
+  </si>
+  <si>
+    <t>9921550137</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 AYT Sözel Yapay Zekâ Deneme Seti Benim Hocam </t>
+  </si>
+  <si>
+    <t>9921550142</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 AYT Tarih ve Coğrafya Yapay Zekâ Deneme Seti </t>
+  </si>
+  <si>
+    <t>9921550143</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 AYT Matematik ve Türk Dili ve Edebiyatı Kamp </t>
+  </si>
+  <si>
+    <t>9921550144</t>
+  </si>
+  <si>
+    <t>2024 KPSS Tarih ve Vatandaşlık Tekerrür Kamp Kitab</t>
+  </si>
+  <si>
+    <t>9921550145</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 Taktiklerle TYT ve AYT  Kimya Kampı Seti Beni</t>
+  </si>
+  <si>
+    <t>9921550146</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 Taktiklerle TYT ve AYT  Matematik Kampı Seti </t>
+  </si>
+  <si>
+    <t>9921550147</t>
+  </si>
+  <si>
+    <t>2024 Tüm Adaylar İçin Paragraf ve Dil Bilgisi İved</t>
+  </si>
+  <si>
+    <t>9921550148</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 Taktiklerle TYT Coğrafya Kampı ve Yapay Zekâ </t>
+  </si>
+  <si>
+    <t>9921550154</t>
+  </si>
+  <si>
+    <t>2024 Taktiklerle TYT Felsefe Kampı ve Yapay Zekâ 4</t>
+  </si>
+  <si>
+    <t>9921550155</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 TYT Fizik Kampı ve Yapay Zekâ 40 Deneme Seti </t>
+  </si>
+  <si>
+    <t>9921550156</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 Taktiklerle TYT Kimya Kampı ve Yapay Zekâ 40 </t>
+  </si>
+  <si>
+    <t>9921550157</t>
+  </si>
+  <si>
+    <t>2024 Taktiklerle TYT Matematik Kampı ve Yapay Zekâ</t>
+  </si>
+  <si>
+    <t>9921550158</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2024 Taktiklerle TYT-AYT Tarih Kampı ve TYT Yapay </t>
+  </si>
+  <si>
+    <t>9921550159</t>
+  </si>
+  <si>
+    <t>9921550160</t>
+  </si>
+  <si>
+    <t>TYT - AYT - KPSS Taktiklerle Dil Bilgisi ve Paragr</t>
+  </si>
+  <si>
+    <t>9921550166</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TYT Türkçe 4 lü Set Benim Hocam Yayınları          </t>
+  </si>
+  <si>
+    <t>9921550167</t>
+  </si>
+  <si>
+    <t>2025 TYT Matematik Ders Notları ve Tamamı Video Çö</t>
+  </si>
+  <si>
+    <t>9921550168</t>
+  </si>
+  <si>
+    <t>2025 TYT Biyoloji Ders Notları ve Tamamı Video Çöz</t>
+  </si>
+  <si>
+    <t>9921550169</t>
+  </si>
+  <si>
+    <t>2025 TYT Tarih Ders Notları ve Tamamı Video Çözüml</t>
+  </si>
+  <si>
+    <t>9921550170</t>
+  </si>
+  <si>
+    <t>2025 AYT Felsefe Grubu Ders Notları ve Tamamı Vide</t>
+  </si>
+  <si>
+    <t>9921550171</t>
+  </si>
+  <si>
+    <t>2025 AYT Türk Dili ve Edebiyatı Ders Notları ve Ta</t>
+  </si>
+  <si>
+    <t>9921550172</t>
+  </si>
+  <si>
+    <t>2025 TYT Kimya Soru Bankası Seti Benim Hocam Yayın</t>
+  </si>
+  <si>
+    <t>9921550178</t>
+  </si>
+  <si>
+    <t>2025 TYT Ders Notları Seti Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9921550179</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 TYT Türkçe - Matematik  Ders Notları ve Soru </t>
+  </si>
+  <si>
+    <t>9921550180</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 TYT Tarih - Coğrafya  Ders Notları ve Soru Ba</t>
+  </si>
+  <si>
+    <t>9921550181</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 TYT Fizik - Kimya - Biyoloji  Ders Notları ve</t>
+  </si>
+  <si>
+    <t>9921550182</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 TYT Fizik - Kimya - Biyoloji  Ders Notları Se</t>
+  </si>
+  <si>
+    <t>9921550183</t>
+  </si>
+  <si>
+    <t>2025 TYT Fizik - Kimya - Biyoloji Soru Bankası Set</t>
+  </si>
+  <si>
+    <t>9921550184</t>
+  </si>
+  <si>
+    <t>2025 AYT Türk Dili ve Edebiyatı Ders Notları - Sor</t>
+  </si>
+  <si>
+    <t>9921550190</t>
+  </si>
+  <si>
+    <t>2025 AYT Sözel Ders Notları Seti ( Koçluk Kitabı H</t>
+  </si>
+  <si>
+    <t>9921550191</t>
+  </si>
+  <si>
+    <t>2025 AYT Sözel Soru Bankası Seti ( Koçluk Kitabı H</t>
+  </si>
+  <si>
+    <t>9921550192</t>
+  </si>
+  <si>
+    <t>2025 TYT Biyoloji Soru Bankası Seti Benim Hocam Ya</t>
+  </si>
+  <si>
+    <t>9921550193</t>
+  </si>
+  <si>
+    <t>2025 AYT Fizik Ders Notları ve Tamamı Video Çözüml</t>
+  </si>
+  <si>
+    <t>9921550194</t>
+  </si>
+  <si>
+    <t>2025 AYT Kimya Ders Notları ve Tamamı Video Çözüml</t>
+  </si>
+  <si>
+    <t>9921550195</t>
+  </si>
+  <si>
+    <t>2025 KPSS Tarih Ders Notları ve Tamamı Çözümlü Sor</t>
+  </si>
+  <si>
+    <t>9921550196</t>
+  </si>
+  <si>
+    <t>2025 KPSS Tarih Tamamı Çözümlü Soru Bankası ve Nam</t>
+  </si>
+  <si>
+    <t>9921550202</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 KPSS Coğrafya Ders Notları ve Tamamı Çözümlü </t>
+  </si>
+  <si>
+    <t>9921550203</t>
+  </si>
+  <si>
+    <t>2025 KPSS Genel Kültür Tamamı Çözümlü Soru Bankası</t>
+  </si>
+  <si>
+    <t>9921550204</t>
+  </si>
+  <si>
+    <t>2025 KPSS Tarih Ders Notları - Soru Bankası ve 6+5</t>
+  </si>
+  <si>
+    <t>9921550205</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 KPSS Tarih Soru Bankası ve 6+5+7 Deneme Seti </t>
+  </si>
+  <si>
+    <t>9921550206</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 KPSS Vatandaşlık Ders Notları - Soru Bankası </t>
+  </si>
+  <si>
+    <t>9921550207</t>
+  </si>
+  <si>
+    <t>2025 KPSS Vatandaşlık Soru Bankası ve 6+5+7 Deneme</t>
+  </si>
+  <si>
+    <t>9921550208</t>
+  </si>
+  <si>
+    <t>2025 AYT Eşit Ağırlık Ders Notları Seti ( Koçluk K</t>
+  </si>
+  <si>
+    <t>9921550214</t>
+  </si>
+  <si>
+    <t>2025 KPSS Coğrafya Soru Bankası ve 6+5+7 Deneme Se</t>
+  </si>
+  <si>
+    <t>9921550215</t>
+  </si>
+  <si>
+    <t>9921550216</t>
+  </si>
+  <si>
+    <t>2025 KPSS Genel Kültür Tamamı Çözümlü 6+5+7 Deneme</t>
+  </si>
+  <si>
+    <t>9921550217</t>
+  </si>
+  <si>
+    <t>2025 AYT Matematik Soru Bankası Seti Benim Hocam Y</t>
+  </si>
+  <si>
+    <t>9921550218</t>
+  </si>
+  <si>
+    <t>2025 AYT Fizik Soru Bankası Seti Benim Hocam Yayın</t>
+  </si>
+  <si>
+    <t>9921550219</t>
+  </si>
+  <si>
+    <t>2025 KPSS Matematik Soru Bankası ve 6+5+7 Deneme S</t>
+  </si>
+  <si>
+    <t>9921550222</t>
+  </si>
+  <si>
+    <t>2025 AYT Fizik - Kimya - Biyoloji Ders Notları Set</t>
+  </si>
+  <si>
+    <t>9921550234</t>
+  </si>
+  <si>
+    <t>2025 AYT Sayısal Ders Notları Seti ( Koçluk Kitabı</t>
+  </si>
+  <si>
+    <t>9921550235</t>
+  </si>
+  <si>
+    <t>2025 KPSS Türkçe Ders Notları ve Tamamı Çözümlü So</t>
+  </si>
+  <si>
+    <t>9921550236</t>
+  </si>
+  <si>
+    <t>2025 KPSS Tamamı Çözümlü Soru Bankası Seti Benim H</t>
+  </si>
+  <si>
+    <t>9921550237</t>
+  </si>
+  <si>
+    <t>2025 KPSS Genel Yetenek Tamamı Çözümlü Soru Bankas</t>
+  </si>
+  <si>
+    <t>9921550238</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 TYT Tamamı Video Çözümlü Soru Bankası Seti ( </t>
+  </si>
+  <si>
+    <t>9921550239</t>
+  </si>
+  <si>
+    <t>2025 TYT -AYT Geometri Ders Notları ve Tamamı Vide</t>
+  </si>
+  <si>
+    <t>9921550240</t>
+  </si>
+  <si>
+    <t>2025 KPSS Tarih Konu Anlatımı ve Soru Bankası Seti</t>
+  </si>
+  <si>
+    <t>9921550246</t>
+  </si>
+  <si>
+    <t>2025 KPSS Coğrafya Konu Anlatımı ve Soru Bankası S</t>
+  </si>
+  <si>
+    <t>9921550247</t>
+  </si>
+  <si>
+    <t>2025 KPSS Vatandaşlık Konu Anlatımı ve Soru Bankas</t>
+  </si>
+  <si>
+    <t>9921550248</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 KPSS Matematik Konu Anlatımı ve Soru Bankası </t>
+  </si>
+  <si>
+    <t>9921550249</t>
+  </si>
+  <si>
+    <t>2025 KPSS Tarih Konu Anlatımı - Soru Bankası ve De</t>
+  </si>
+  <si>
+    <t>9921550250</t>
+  </si>
+  <si>
+    <t>2025 KPSS Coğrafya Konu Anlatımı - Soru Bankası ve</t>
+  </si>
+  <si>
+    <t>9921550251</t>
+  </si>
+  <si>
+    <t>2025 KPSS Vatandaşlık Konu Anlatımı - Soru Bankası</t>
+  </si>
+  <si>
+    <t>9921550252</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 AYT Tamamı Video Çözümlü Soru Bankası Seti ( </t>
+  </si>
+  <si>
+    <t>9921550258</t>
+  </si>
+  <si>
+    <t>2025 TYT - AYT Coğrafya Ders Notları ve Tamamı Vid</t>
+  </si>
+  <si>
+    <t>9921550259</t>
+  </si>
+  <si>
+    <t>9921550260</t>
+  </si>
+  <si>
+    <t>2025 YDT İngilizce Grammar Ders Notları Soru Banka</t>
+  </si>
+  <si>
+    <t>9921550261</t>
+  </si>
+  <si>
+    <t>2025 YDT Full Set Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9921550262</t>
+  </si>
+  <si>
+    <t>2025 YDT Konu Anlatımı ve Soru Bankası Seti ( Koçl</t>
+  </si>
+  <si>
+    <t>9921550263</t>
+  </si>
+  <si>
+    <t>2025 YDT İngilizce Grammar Ders Notları ve Soru Ba</t>
+  </si>
+  <si>
+    <t>9921550264</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 ALES DGS Matematik Video Ders Notları ve DGS </t>
+  </si>
+  <si>
+    <t>9921550272</t>
+  </si>
+  <si>
+    <t>2025 ALES DGS Türkçe Video Ders Notları ve DGS Tür</t>
+  </si>
+  <si>
+    <t>9921550274</t>
+  </si>
+  <si>
+    <t>2025 ALES DGS Türkçe Video Ders Notları ve ALES Tü</t>
+  </si>
+  <si>
+    <t>9921550275</t>
+  </si>
+  <si>
+    <t>2025 AGS Konu Anlatım Seti Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9921550276</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gümüş Serisi ÖABT  Türk Dili ve Edebiyatı Deneme S</t>
+  </si>
+  <si>
+    <t>9921550277</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 AGS Sözel Yetenek  Konu Anlatımı ve Tamamı Çö</t>
+  </si>
+  <si>
+    <t>9921550278</t>
+  </si>
+  <si>
+    <t>2025 ÖABT Edebiyat Video Ders Notları BENGİ Serisi</t>
+  </si>
+  <si>
+    <t>9921550279</t>
+  </si>
+  <si>
+    <t>2025 AGS Tarih ve Sayısal Yetenek Tamamı Çözümlü S</t>
+  </si>
+  <si>
+    <t>9921550285</t>
+  </si>
+  <si>
+    <t>2025 AGS Mevzuat ve Eğitimin Temelleri ve Türk Mil</t>
+  </si>
+  <si>
+    <t>9921550286</t>
+  </si>
+  <si>
+    <t>2025 AGS Tarih Konu Anlatımı ve Tamamı Çözümlü Sor</t>
+  </si>
+  <si>
+    <t>9921550287</t>
+  </si>
+  <si>
+    <t>2025 AGS Sayısal Yetenek Konu Anlatımı ve Tamamı Ç</t>
+  </si>
+  <si>
+    <t>9921550288</t>
+  </si>
+  <si>
+    <t>2025 AGS Sayısal ve Sözel Yetenek Konu Anlatımı Se</t>
+  </si>
+  <si>
+    <t>9921550289</t>
+  </si>
+  <si>
+    <t>2025 AGS Sayısal ve Sözel Yetenek Soru Bankası Set</t>
+  </si>
+  <si>
+    <t>9921550290</t>
+  </si>
+  <si>
+    <t>2025 AGS Soru Bankası Seti Benim Hocam Yayınları</t>
+  </si>
+  <si>
+    <t>9921550291</t>
+  </si>
+  <si>
+    <t>2025 AGS Tarih ve Türkiye Coğrafyası Konu - Soru S</t>
+  </si>
+  <si>
+    <t>9921550297</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 AGS Sayısal ve Sözel Yetenek  Konu - Soru Set</t>
+  </si>
+  <si>
+    <t>9921550298</t>
+  </si>
+  <si>
+    <t>2025 AGS Full Set</t>
+  </si>
+  <si>
+    <t>9921550299</t>
+  </si>
+  <si>
+    <t>2025 KPSS AGS Haritalarla Tarih ve Coğrafya Konu A</t>
+  </si>
+  <si>
+    <t>9921550300</t>
+  </si>
+  <si>
+    <t>2025 KPSS Tarih Ders Notları ve AGS Tarih Soru Ban</t>
+  </si>
+  <si>
+    <t>9921550301</t>
+  </si>
+  <si>
+    <t>Kosovaya Düşen Yıldırım İki Evlat Bir Devlet ve Na</t>
+  </si>
+  <si>
+    <t>9921550302</t>
+  </si>
+  <si>
+    <t>2025 AGS Mevzuat Konu Anlatımı - Soru Bankası ve D</t>
+  </si>
+  <si>
+    <t>9921550303</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025 TYT Felsefe Ders Notları ve Soru Bankası TYT </t>
+  </si>
+  <si>
+    <t>9921550309</t>
+  </si>
+  <si>
+    <t>2025 TYT Matematik Ders Notları TYT Yapay Zekâ Mat</t>
+  </si>
+  <si>
+    <t>9921550310</t>
+  </si>
+  <si>
+    <t>2025 TYT Matematik Soru Bankası TYT Yapay Zekâ Mat</t>
+  </si>
+  <si>
+    <t>9921550311</t>
+  </si>
+  <si>
+    <t>2025 AYT Kimya Ders Notları AYT Yapay Zekâ Kimya 2</t>
+  </si>
+  <si>
+    <t>9921550312</t>
+  </si>
+  <si>
+    <t>2025 AYT Kimya Soru Bankası AYT Yapay Zekâ Kimya 2</t>
+  </si>
+  <si>
+    <t>9921550313</t>
+  </si>
+  <si>
+    <t>2025 AYT Felsefe Ders Notları AYT Yapay Zekâ Felse</t>
+  </si>
+  <si>
+    <t>9921550314</t>
+  </si>
+  <si>
+    <t>2025 AYT Felsefe Soru Bankası AYT Yapay Zekâ Felse</t>
+  </si>
+  <si>
+    <t>9921550316</t>
+  </si>
+  <si>
+    <t>9921550322</t>
+  </si>
+  <si>
+    <t>2025 AGS Sözel Yetenek Konu Anlatımı - Soru Bankas</t>
+  </si>
+  <si>
+    <t>9921550323</t>
+  </si>
+  <si>
+    <t>9921550324</t>
+  </si>
+  <si>
+    <t>9921550325</t>
+  </si>
+  <si>
+    <t>2025 AGS Tarih Konu Anlatımı - Soru Bankası ve Den</t>
+  </si>
+  <si>
+    <t>9921550326</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 TYT Tarih Ders Notları ve Video Çözümlü Soru </t>
+  </si>
+  <si>
+    <t>9921550327</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 TYT Fizik Ders Notları ve Video Çözümlü Soru </t>
+  </si>
+  <si>
+    <t>9921550328</t>
+  </si>
+  <si>
+    <t>2026 TYT Tarih ve Coğrafya Ders Notları Seti Benim</t>
+  </si>
+  <si>
+    <t>9921550334</t>
+  </si>
+  <si>
+    <t>2026 TYT Fizik Kimya Biyoloji Video Çözümlü Soru B</t>
+  </si>
+  <si>
+    <t>9921550335</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 TYT Kimya Ders Notları ve Video Çözümlü Soru </t>
+  </si>
+  <si>
+    <t>9921550336</t>
+  </si>
+  <si>
+    <t>2026 TYT Fizik Kimya Biyoloji Ders Notları Seti Be</t>
+  </si>
+  <si>
+    <t>9921550337</t>
+  </si>
+  <si>
+    <t>2026 TYT Fizik Kimya Biyoloji Ders Notları ve Soru</t>
+  </si>
+  <si>
+    <t>9921550338</t>
+  </si>
+  <si>
+    <t>2026 TYT Coğrafya Ders Notları ve Video Çözümlü So</t>
+  </si>
+  <si>
+    <t>9921550339</t>
+  </si>
+  <si>
+    <t>2026 TYT Tarih ve Coğrafya Soru Bankası Seti Benim</t>
+  </si>
+  <si>
+    <t>9921550340</t>
+  </si>
+  <si>
+    <t>2026 KPSS Coğrafya Ders Notları ve Soru Bankası Se</t>
+  </si>
+  <si>
+    <t>9921550346</t>
+  </si>
+  <si>
+    <t>2026 KPSS Tarih Ders Notları - Soru Bankası ve Har</t>
+  </si>
+  <si>
+    <t>9921550347</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 AYT Fizik Ders Notları ve Video Çözümlü Soru </t>
+  </si>
+  <si>
+    <t>9921550348</t>
+  </si>
+  <si>
+    <t>2026 AYT Türk Dili ve Edebiyatı Ders Notları ve Vi</t>
+  </si>
+  <si>
+    <t>9921550349</t>
+  </si>
+  <si>
+    <t>2026 AYT Türk Dili ve Edebiyatı Ders Notları - Sor</t>
+  </si>
+  <si>
+    <t>9921550350</t>
+  </si>
+  <si>
+    <t>9921550351</t>
+  </si>
+  <si>
+    <t>2026 TYT Türkçe ve AYT Türk Dili ve Edebiyatı Vide</t>
+  </si>
+  <si>
+    <t>9921550352</t>
+  </si>
+  <si>
+    <t>2026 TYT - AYT Fizik Ders Notları - Soru Bankası S</t>
+  </si>
+  <si>
+    <t>9921550358</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -560,51 +6263,51 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="2" applyFill="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F57"/>
+  <dimension ref="A1:F1001"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
@@ -616,1103 +6319,11580 @@
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="F2" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D3" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E3" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F3" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>18</v>
       </c>
       <c r="F4" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="B8" s="0" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="E9" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="0" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>40</v>
-[...8 lines deleted...]
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="B11" s="0" t="s">
         <v>41</v>
       </c>
-      <c r="B11" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F11" s="0" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="B12" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="B12" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F12" s="0" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="E13" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="F13" s="0" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="B14" s="0" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>57</v>
+        <v>46</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>57</v>
+        <v>46</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>62</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>57</v>
+        <v>27</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>57</v>
+        <v>30</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="B23" s="0" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E24" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="E24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F24" s="0" t="s">
-        <v>59</v>
+        <v>84</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="E25" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="E25" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F25" s="0" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>88</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="E26" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="E26" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F26" s="0" t="s">
-        <v>66</v>
+        <v>84</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="E27" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="E27" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F27" s="0" t="s">
-        <v>62</v>
+        <v>91</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E28" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="E28" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28" s="0" t="s">
-        <v>94</v>
+        <v>67</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="B29" s="0" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
+      <c r="D29" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="E29" s="0" t="s">
+        <v>47</v>
+      </c>
       <c r="F29" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>83</v>
+        <v>22</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>75</v>
+        <v>101</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>83</v>
+        <v>27</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>78</v>
+        <v>101</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>83</v>
+        <v>30</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>69</v>
+        <v>47</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>11</v>
+        <v>101</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>107</v>
+        <v>33</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>109</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>110</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>107</v>
+        <v>22</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>86</v>
+        <v>111</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>107</v>
+        <v>27</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>66</v>
+        <v>96</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>107</v>
+        <v>27</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>69</v>
+        <v>83</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>107</v>
+        <v>30</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>58</v>
+        <v>83</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>107</v>
+        <v>33</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>48</v>
+        <v>83</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>107</v>
+        <v>22</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>78</v>
+        <v>123</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>107</v>
+        <v>27</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>126</v>
+        <v>30</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>126</v>
+        <v>33</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>126</v>
+        <v>22</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>48</v>
+        <v>80</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>86</v>
+        <v>111</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>126</v>
+        <v>27</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>62</v>
+        <v>111</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
+      <c r="D46" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="E46" s="0" t="s">
+        <v>80</v>
+      </c>
       <c r="F46" s="0" t="s">
-        <v>94</v>
+        <v>111</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>126</v>
+        <v>33</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>139</v>
+        <v>111</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>126</v>
+        <v>22</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>65</v>
+        <v>80</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>123</v>
+        <v>11</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>142</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>143</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>126</v>
+        <v>27</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>48</v>
+        <v>80</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>144</v>
+        <v>11</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="B50" s="0" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>126</v>
+        <v>30</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>78</v>
+        <v>120</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="B51" s="0" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>149</v>
+        <v>75</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="B52" s="0" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>149</v>
+        <v>75</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>152</v>
+        <v>52</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>149</v>
+        <v>75</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>155</v>
+        <v>11</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>149</v>
+        <v>75</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>152</v>
+        <v>11</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>149</v>
+        <v>75</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>31</v>
+        <v>157</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
+      <c r="D56" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="E56" s="0" t="s">
+        <v>14</v>
+      </c>
       <c r="F56" s="0" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
+      <c r="D57" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="E57" s="0" t="s">
+        <v>76</v>
+      </c>
       <c r="F57" s="0" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="0" t="s">
         <v>162</v>
+      </c>
+      <c r="B58" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D58" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="E58" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F58" s="0" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="B59" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D59" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="E59" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="F59" s="0" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="B60" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D60" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="E60" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="F60" s="0" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="B61" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C61" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D61" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="E61" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="F61" s="0" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="B62" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D62" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="E62" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="F62" s="0" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="B63" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D63" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="E63" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="F63" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="B64" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D64" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="E64" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="F64" s="0" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="B65" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="F65" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="B66" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="F66" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="B67" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="F67" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="B68" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="F68" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="B69" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="F69" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="B70" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="F70" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="B71" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="F71" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="B72" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="F72" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="B73" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="F73" s="0" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="B74" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="F74" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="B75" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="F75" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="B76" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="F76" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="B77" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="F77" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="B78" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="F78" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="B79" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="F79" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="B80" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="F80" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="B81" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="F81" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="B82" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="F82" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="B83" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="F83" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="B84" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="F84" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="B85" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="F85" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="B86" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="F86" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="B87" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="F87" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="B88" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="F88" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="B89" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="F89" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="B90" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="F90" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="B91" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="F91" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="B92" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="F92" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="B93" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="F93" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="B94" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="F94" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="B95" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="F95" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="B96" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="F96" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="B97" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="F97" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="B98" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="F98" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="B99" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="F99" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="B100" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="F100" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="B101" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="F101" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="B102" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="F102" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="B103" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="F103" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="B104" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="F104" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="B105" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="F105" s="0" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="B106" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="F106" s="0" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="B107" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="F107" s="0" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="B108" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="F108" s="0" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="B109" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="F109" s="0" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="B110" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="F110" s="0" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="B111" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="F111" s="0" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="B112" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="F112" s="0" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="B113" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="F113" s="0" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="B114" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="F114" s="0" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="B115" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="F115" s="0" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="B116" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="F116" s="0" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="B117" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="F117" s="0" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="B118" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="F118" s="0" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="B119" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="F119" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="B120" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="F120" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="B121" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="F121" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="B122" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="F122" s="0" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="B123" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="F123" s="0" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="B124" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="F124" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="B125" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="F125" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="B126" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="F126" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="B127" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="F127" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="B128" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="F128" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="B129" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="F129" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="B130" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="F130" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="B131" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="F131" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="B132" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="F132" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="B133" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="F133" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="0" t="s">
+        <v>332</v>
+      </c>
+      <c r="B134" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="F134" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="B135" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="F135" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="B136" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="F136" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="B137" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="F137" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="B138" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="F138" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="B139" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="F139" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="B140" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="F140" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="B141" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="F141" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="B142" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="F142" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="B143" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="F143" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="B144" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="F144" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="B145" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="F145" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" s="0" t="s">
+        <v>356</v>
+      </c>
+      <c r="B146" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="F146" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="B147" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="F147" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="B148" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="F148" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="B149" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="F149" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" s="0" t="s">
+        <v>364</v>
+      </c>
+      <c r="B150" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="F150" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="B151" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="F151" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="B152" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="F152" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="B153" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="F153" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="B154" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="F154" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="B155" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="F155" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="B156" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="F156" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="B157" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="F157" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="B158" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="F158" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="B159" s="0" t="s">
+        <v>383</v>
+      </c>
+      <c r="F159" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="B160" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="F160" s="0" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="B161" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="F161" s="0" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="B162" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="F162" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" s="0" t="s">
+        <v>391</v>
+      </c>
+      <c r="B163" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="F163" s="0" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="B164" s="0" t="s">
+        <v>395</v>
+      </c>
+      <c r="F164" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" s="0" t="s">
+        <v>396</v>
+      </c>
+      <c r="B165" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="F165" s="0" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="B166" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="F166" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="B167" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="F167" s="0" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" s="0" t="s">
+        <v>404</v>
+      </c>
+      <c r="B168" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="F168" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="B169" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="F169" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="B170" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="F170" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="B171" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="F171" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="B172" s="0" t="s">
+        <v>413</v>
+      </c>
+      <c r="F172" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="B173" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="F173" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="B174" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="F174" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="B175" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="F175" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="B176" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="F176" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="B177" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="F177" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="B178" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="F178" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="B179" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="F179" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="B180" s="0" t="s">
+        <v>429</v>
+      </c>
+      <c r="F180" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="B181" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="F181" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="0" t="s">
+        <v>432</v>
+      </c>
+      <c r="B182" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="F182" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="B183" s="0" t="s">
+        <v>435</v>
+      </c>
+      <c r="F183" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="B184" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="F184" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="B185" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="F185" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" s="0" t="s">
+        <v>440</v>
+      </c>
+      <c r="B186" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="F186" s="0" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="B187" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="F187" s="0" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="B188" s="0" t="s">
+        <v>446</v>
+      </c>
+      <c r="F188" s="0" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="B189" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="F189" s="0" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="B190" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="F190" s="0" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="B191" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="F191" s="0" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="B192" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="F192" s="0" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="B193" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="F193" s="0" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="B194" s="0" t="s">
+        <v>461</v>
+      </c>
+      <c r="F194" s="0" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" s="0" t="s">
+        <v>463</v>
+      </c>
+      <c r="B195" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="F195" s="0" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" s="0" t="s">
+        <v>466</v>
+      </c>
+      <c r="B196" s="0" t="s">
+        <v>467</v>
+      </c>
+      <c r="F196" s="0" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="B197" s="0" t="s">
+        <v>469</v>
+      </c>
+      <c r="F197" s="0" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="0" t="s">
+        <v>470</v>
+      </c>
+      <c r="B198" s="0" t="s">
+        <v>471</v>
+      </c>
+      <c r="F198" s="0" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="B199" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="F199" s="0" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="B200" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="F200" s="0" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="B201" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="F201" s="0" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="B202" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="F202" s="0" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" s="0" t="s">
+        <v>481</v>
+      </c>
+      <c r="B203" s="0" t="s">
+        <v>482</v>
+      </c>
+      <c r="F203" s="0" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="B204" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="F204" s="0" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="B205" s="0" t="s">
+        <v>486</v>
+      </c>
+      <c r="F205" s="0" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="B206" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="F206" s="0" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" s="0" t="s">
+        <v>489</v>
+      </c>
+      <c r="B207" s="0" t="s">
+        <v>490</v>
+      </c>
+      <c r="F207" s="0" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="B208" s="0" t="s">
+        <v>492</v>
+      </c>
+      <c r="F208" s="0" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="B209" s="0" t="s">
+        <v>495</v>
+      </c>
+      <c r="F209" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="B210" s="0" t="s">
+        <v>497</v>
+      </c>
+      <c r="F210" s="0" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="B211" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="F211" s="0" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" s="0" t="s">
+        <v>500</v>
+      </c>
+      <c r="B212" s="0" t="s">
+        <v>501</v>
+      </c>
+      <c r="F212" s="0" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="B213" s="0" t="s">
+        <v>503</v>
+      </c>
+      <c r="F213" s="0" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="B214" s="0" t="s">
+        <v>505</v>
+      </c>
+      <c r="F214" s="0" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" s="0" t="s">
+        <v>506</v>
+      </c>
+      <c r="B215" s="0" t="s">
+        <v>507</v>
+      </c>
+      <c r="F215" s="0" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" s="0" t="s">
+        <v>508</v>
+      </c>
+      <c r="B216" s="0" t="s">
+        <v>509</v>
+      </c>
+      <c r="F216" s="0" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" s="0" t="s">
+        <v>510</v>
+      </c>
+      <c r="B217" s="0" t="s">
+        <v>511</v>
+      </c>
+      <c r="F217" s="0" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="B218" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="F218" s="0" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="B219" s="0" t="s">
+        <v>516</v>
+      </c>
+      <c r="F219" s="0" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" s="0" t="s">
+        <v>518</v>
+      </c>
+      <c r="B220" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="F220" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="B221" s="0" t="s">
+        <v>521</v>
+      </c>
+      <c r="F221" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="B222" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="F222" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="B223" s="0" t="s">
+        <v>525</v>
+      </c>
+      <c r="F223" s="0" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="B224" s="0" t="s">
+        <v>528</v>
+      </c>
+      <c r="F224" s="0" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" s="0" t="s">
+        <v>529</v>
+      </c>
+      <c r="B225" s="0" t="s">
+        <v>530</v>
+      </c>
+      <c r="F225" s="0" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="B226" s="0" t="s">
+        <v>532</v>
+      </c>
+      <c r="F226" s="0" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" s="0" t="s">
+        <v>534</v>
+      </c>
+      <c r="B227" s="0" t="s">
+        <v>535</v>
+      </c>
+      <c r="F227" s="0" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="B228" s="0" t="s">
+        <v>538</v>
+      </c>
+      <c r="F228" s="0" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="B229" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="F229" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" s="0" t="s">
+        <v>541</v>
+      </c>
+      <c r="B230" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="F230" s="0" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="B231" s="0" t="s">
+        <v>545</v>
+      </c>
+      <c r="F231" s="0" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" s="0" t="s">
+        <v>547</v>
+      </c>
+      <c r="B232" s="0" t="s">
+        <v>548</v>
+      </c>
+      <c r="F232" s="0" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" s="0" t="s">
+        <v>550</v>
+      </c>
+      <c r="B233" s="0" t="s">
+        <v>551</v>
+      </c>
+      <c r="F233" s="0" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" s="0" t="s">
+        <v>552</v>
+      </c>
+      <c r="B234" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="F234" s="0" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="B235" s="0" t="s">
+        <v>555</v>
+      </c>
+      <c r="F235" s="0" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" s="0" t="s">
+        <v>556</v>
+      </c>
+      <c r="B236" s="0" t="s">
+        <v>557</v>
+      </c>
+      <c r="F236" s="0" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" s="0" t="s">
+        <v>558</v>
+      </c>
+      <c r="B237" s="0" t="s">
+        <v>559</v>
+      </c>
+      <c r="F237" s="0" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="B238" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="F238" s="0" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" s="0" t="s">
+        <v>562</v>
+      </c>
+      <c r="B239" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="F239" s="0" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="B240" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="F240" s="0" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="B241" s="0" t="s">
+        <v>567</v>
+      </c>
+      <c r="F241" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" s="0" t="s">
+        <v>564</v>
+      </c>
+      <c r="B242" s="0" t="s">
+        <v>568</v>
+      </c>
+      <c r="F242" s="0" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" s="0" t="s">
+        <v>569</v>
+      </c>
+      <c r="B243" s="0" t="s">
+        <v>570</v>
+      </c>
+      <c r="F243" s="0" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" s="0" t="s">
+        <v>572</v>
+      </c>
+      <c r="B244" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="F244" s="0" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="B245" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="F245" s="0" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" s="0" t="s">
+        <v>576</v>
+      </c>
+      <c r="B246" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="F246" s="0" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="B247" s="0" t="s">
+        <v>580</v>
+      </c>
+      <c r="F247" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" s="0" t="s">
+        <v>581</v>
+      </c>
+      <c r="B248" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="F248" s="0" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" s="0" t="s">
+        <v>584</v>
+      </c>
+      <c r="B249" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="F249" s="0" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="B250" s="0" t="s">
+        <v>587</v>
+      </c>
+      <c r="F250" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="B251" s="0" t="s">
+        <v>589</v>
+      </c>
+      <c r="F251" s="0" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="B252" s="0" t="s">
+        <v>592</v>
+      </c>
+      <c r="F252" s="0" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" s="0" t="s">
+        <v>593</v>
+      </c>
+      <c r="B253" s="0" t="s">
+        <v>594</v>
+      </c>
+      <c r="F253" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" s="0" t="s">
+        <v>595</v>
+      </c>
+      <c r="B254" s="0" t="s">
+        <v>596</v>
+      </c>
+      <c r="F254" s="0" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" s="0" t="s">
+        <v>597</v>
+      </c>
+      <c r="B255" s="0" t="s">
+        <v>598</v>
+      </c>
+      <c r="F255" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" s="0" t="s">
+        <v>599</v>
+      </c>
+      <c r="B256" s="0" t="s">
+        <v>600</v>
+      </c>
+      <c r="F256" s="0" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="B257" s="0" t="s">
+        <v>602</v>
+      </c>
+      <c r="F257" s="0" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" s="0" t="s">
+        <v>603</v>
+      </c>
+      <c r="B258" s="0" t="s">
+        <v>604</v>
+      </c>
+      <c r="F258" s="0" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" s="0" t="s">
+        <v>605</v>
+      </c>
+      <c r="B259" s="0" t="s">
+        <v>606</v>
+      </c>
+      <c r="F259" s="0" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" s="0" t="s">
+        <v>608</v>
+      </c>
+      <c r="B260" s="0" t="s">
+        <v>609</v>
+      </c>
+      <c r="F260" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" s="0" t="s">
+        <v>610</v>
+      </c>
+      <c r="B261" s="0" t="s">
+        <v>611</v>
+      </c>
+      <c r="F261" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" s="0" t="s">
+        <v>612</v>
+      </c>
+      <c r="B262" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="F262" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" s="0" t="s">
+        <v>614</v>
+      </c>
+      <c r="B263" s="0" t="s">
+        <v>615</v>
+      </c>
+      <c r="F263" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" s="0" t="s">
+        <v>616</v>
+      </c>
+      <c r="B264" s="0" t="s">
+        <v>617</v>
+      </c>
+      <c r="F264" s="0" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="B265" s="0" t="s">
+        <v>619</v>
+      </c>
+      <c r="F265" s="0" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" s="0" t="s">
+        <v>621</v>
+      </c>
+      <c r="B266" s="0" t="s">
+        <v>622</v>
+      </c>
+      <c r="F266" s="0" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" s="0" t="s">
+        <v>623</v>
+      </c>
+      <c r="B267" s="0" t="s">
+        <v>624</v>
+      </c>
+      <c r="F267" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" s="0" t="s">
+        <v>625</v>
+      </c>
+      <c r="B268" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="F268" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" s="0" t="s">
+        <v>627</v>
+      </c>
+      <c r="B269" s="0" t="s">
+        <v>628</v>
+      </c>
+      <c r="F269" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" s="0" t="s">
+        <v>629</v>
+      </c>
+      <c r="B270" s="0" t="s">
+        <v>630</v>
+      </c>
+      <c r="F270" s="0" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" s="0" t="s">
+        <v>631</v>
+      </c>
+      <c r="B271" s="0" t="s">
+        <v>632</v>
+      </c>
+      <c r="F271" s="0" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" s="0" t="s">
+        <v>634</v>
+      </c>
+      <c r="B272" s="0" t="s">
+        <v>635</v>
+      </c>
+      <c r="F272" s="0" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" s="0" t="s">
+        <v>636</v>
+      </c>
+      <c r="B273" s="0" t="s">
+        <v>637</v>
+      </c>
+      <c r="F273" s="0" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" s="0" t="s">
+        <v>638</v>
+      </c>
+      <c r="B274" s="0" t="s">
+        <v>639</v>
+      </c>
+      <c r="F274" s="0" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="B275" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="F275" s="0" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" s="0" t="s">
+        <v>644</v>
+      </c>
+      <c r="B276" s="0" t="s">
+        <v>645</v>
+      </c>
+      <c r="F276" s="0" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" s="0" t="s">
+        <v>646</v>
+      </c>
+      <c r="B277" s="0" t="s">
+        <v>647</v>
+      </c>
+      <c r="F277" s="0" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" s="0" t="s">
+        <v>648</v>
+      </c>
+      <c r="B278" s="0" t="s">
+        <v>649</v>
+      </c>
+      <c r="F278" s="0" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" s="0" t="s">
+        <v>650</v>
+      </c>
+      <c r="B279" s="0" t="s">
+        <v>651</v>
+      </c>
+      <c r="F279" s="0" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" s="0" t="s">
+        <v>652</v>
+      </c>
+      <c r="B280" s="0" t="s">
+        <v>653</v>
+      </c>
+      <c r="F280" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" s="0" t="s">
+        <v>654</v>
+      </c>
+      <c r="B281" s="0" t="s">
+        <v>655</v>
+      </c>
+      <c r="F281" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" s="0" t="s">
+        <v>656</v>
+      </c>
+      <c r="B282" s="0" t="s">
+        <v>657</v>
+      </c>
+      <c r="F282" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" s="0" t="s">
+        <v>658</v>
+      </c>
+      <c r="B283" s="0" t="s">
+        <v>659</v>
+      </c>
+      <c r="F283" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" s="0" t="s">
+        <v>660</v>
+      </c>
+      <c r="B284" s="0" t="s">
+        <v>661</v>
+      </c>
+      <c r="F284" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" s="0" t="s">
+        <v>662</v>
+      </c>
+      <c r="B285" s="0" t="s">
+        <v>663</v>
+      </c>
+      <c r="F285" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" s="0" t="s">
+        <v>664</v>
+      </c>
+      <c r="B286" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="F286" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" s="0" t="s">
+        <v>666</v>
+      </c>
+      <c r="B287" s="0" t="s">
+        <v>667</v>
+      </c>
+      <c r="F287" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="B288" s="0" t="s">
+        <v>669</v>
+      </c>
+      <c r="F288" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" s="0" t="s">
+        <v>670</v>
+      </c>
+      <c r="B289" s="0" t="s">
+        <v>671</v>
+      </c>
+      <c r="F289" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" s="0" t="s">
+        <v>672</v>
+      </c>
+      <c r="B290" s="0" t="s">
+        <v>673</v>
+      </c>
+      <c r="F290" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" s="0" t="s">
+        <v>674</v>
+      </c>
+      <c r="B291" s="0" t="s">
+        <v>675</v>
+      </c>
+      <c r="F291" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" s="0" t="s">
+        <v>676</v>
+      </c>
+      <c r="B292" s="0" t="s">
+        <v>677</v>
+      </c>
+      <c r="F292" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" s="0" t="s">
+        <v>678</v>
+      </c>
+      <c r="B293" s="0" t="s">
+        <v>679</v>
+      </c>
+      <c r="F293" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" s="0" t="s">
+        <v>680</v>
+      </c>
+      <c r="B294" s="0" t="s">
+        <v>681</v>
+      </c>
+      <c r="F294" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" s="0" t="s">
+        <v>682</v>
+      </c>
+      <c r="B295" s="0" t="s">
+        <v>683</v>
+      </c>
+      <c r="F295" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" s="0" t="s">
+        <v>684</v>
+      </c>
+      <c r="B296" s="0" t="s">
+        <v>685</v>
+      </c>
+      <c r="F296" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" s="0" t="s">
+        <v>686</v>
+      </c>
+      <c r="B297" s="0" t="s">
+        <v>687</v>
+      </c>
+      <c r="F297" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" s="0" t="s">
+        <v>688</v>
+      </c>
+      <c r="B298" s="0" t="s">
+        <v>689</v>
+      </c>
+      <c r="F298" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" s="0" t="s">
+        <v>690</v>
+      </c>
+      <c r="B299" s="0" t="s">
+        <v>691</v>
+      </c>
+      <c r="F299" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" s="0" t="s">
+        <v>692</v>
+      </c>
+      <c r="B300" s="0" t="s">
+        <v>693</v>
+      </c>
+      <c r="F300" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" s="0" t="s">
+        <v>694</v>
+      </c>
+      <c r="B301" s="0" t="s">
+        <v>695</v>
+      </c>
+      <c r="F301" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" s="0" t="s">
+        <v>696</v>
+      </c>
+      <c r="B302" s="0" t="s">
+        <v>697</v>
+      </c>
+      <c r="F302" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" s="0" t="s">
+        <v>698</v>
+      </c>
+      <c r="B303" s="0" t="s">
+        <v>699</v>
+      </c>
+      <c r="F303" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" s="0" t="s">
+        <v>700</v>
+      </c>
+      <c r="B304" s="0" t="s">
+        <v>701</v>
+      </c>
+      <c r="F304" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" s="0" t="s">
+        <v>702</v>
+      </c>
+      <c r="B305" s="0" t="s">
+        <v>703</v>
+      </c>
+      <c r="F305" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" s="0" t="s">
+        <v>704</v>
+      </c>
+      <c r="B306" s="0" t="s">
+        <v>705</v>
+      </c>
+      <c r="F306" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" s="0" t="s">
+        <v>706</v>
+      </c>
+      <c r="B307" s="0" t="s">
+        <v>707</v>
+      </c>
+      <c r="F307" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308" s="0" t="s">
+        <v>708</v>
+      </c>
+      <c r="B308" s="0" t="s">
+        <v>709</v>
+      </c>
+      <c r="F308" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" s="0" t="s">
+        <v>710</v>
+      </c>
+      <c r="B309" s="0" t="s">
+        <v>711</v>
+      </c>
+      <c r="F309" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" s="0" t="s">
+        <v>712</v>
+      </c>
+      <c r="B310" s="0" t="s">
+        <v>713</v>
+      </c>
+      <c r="F310" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" s="0" t="s">
+        <v>714</v>
+      </c>
+      <c r="B311" s="0" t="s">
+        <v>715</v>
+      </c>
+      <c r="F311" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="312">
+      <c r="A312" s="0" t="s">
+        <v>716</v>
+      </c>
+      <c r="B312" s="0" t="s">
+        <v>717</v>
+      </c>
+      <c r="F312" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="313">
+      <c r="A313" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="B313" s="0" t="s">
+        <v>719</v>
+      </c>
+      <c r="F313" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="314">
+      <c r="A314" s="0" t="s">
+        <v>720</v>
+      </c>
+      <c r="B314" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="F314" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="315">
+      <c r="A315" s="0" t="s">
+        <v>722</v>
+      </c>
+      <c r="B315" s="0" t="s">
+        <v>723</v>
+      </c>
+      <c r="F315" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="316">
+      <c r="A316" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="B316" s="0" t="s">
+        <v>724</v>
+      </c>
+      <c r="F316" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="317">
+      <c r="A317" s="0" t="s">
+        <v>725</v>
+      </c>
+      <c r="B317" s="0" t="s">
+        <v>726</v>
+      </c>
+      <c r="F317" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="318">
+      <c r="A318" s="0" t="s">
+        <v>727</v>
+      </c>
+      <c r="B318" s="0" t="s">
+        <v>728</v>
+      </c>
+      <c r="F318" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="319">
+      <c r="A319" s="0" t="s">
+        <v>729</v>
+      </c>
+      <c r="B319" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="F319" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="320">
+      <c r="A320" s="0" t="s">
+        <v>731</v>
+      </c>
+      <c r="B320" s="0" t="s">
+        <v>732</v>
+      </c>
+      <c r="F320" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="321">
+      <c r="A321" s="0" t="s">
+        <v>733</v>
+      </c>
+      <c r="B321" s="0" t="s">
+        <v>734</v>
+      </c>
+      <c r="F321" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="322">
+      <c r="A322" s="0" t="s">
+        <v>735</v>
+      </c>
+      <c r="B322" s="0" t="s">
+        <v>736</v>
+      </c>
+      <c r="F322" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="323">
+      <c r="A323" s="0" t="s">
+        <v>737</v>
+      </c>
+      <c r="B323" s="0" t="s">
+        <v>738</v>
+      </c>
+      <c r="F323" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="324">
+      <c r="A324" s="0" t="s">
+        <v>739</v>
+      </c>
+      <c r="B324" s="0" t="s">
+        <v>740</v>
+      </c>
+      <c r="F324" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="325">
+      <c r="A325" s="0" t="s">
+        <v>741</v>
+      </c>
+      <c r="B325" s="0" t="s">
+        <v>742</v>
+      </c>
+      <c r="F325" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="326">
+      <c r="A326" s="0" t="s">
+        <v>743</v>
+      </c>
+      <c r="B326" s="0" t="s">
+        <v>744</v>
+      </c>
+      <c r="F326" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="327">
+      <c r="A327" s="0" t="s">
+        <v>745</v>
+      </c>
+      <c r="B327" s="0" t="s">
+        <v>746</v>
+      </c>
+      <c r="F327" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="328">
+      <c r="A328" s="0" t="s">
+        <v>747</v>
+      </c>
+      <c r="B328" s="0" t="s">
+        <v>748</v>
+      </c>
+      <c r="F328" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="329">
+      <c r="A329" s="0" t="s">
+        <v>749</v>
+      </c>
+      <c r="B329" s="0" t="s">
+        <v>750</v>
+      </c>
+      <c r="F329" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="330">
+      <c r="A330" s="0" t="s">
+        <v>751</v>
+      </c>
+      <c r="B330" s="0" t="s">
+        <v>752</v>
+      </c>
+      <c r="F330" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="331">
+      <c r="A331" s="0" t="s">
+        <v>753</v>
+      </c>
+      <c r="B331" s="0" t="s">
+        <v>754</v>
+      </c>
+      <c r="F331" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="332">
+      <c r="A332" s="0" t="s">
+        <v>755</v>
+      </c>
+      <c r="B332" s="0" t="s">
+        <v>756</v>
+      </c>
+      <c r="F332" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="333">
+      <c r="A333" s="0" t="s">
+        <v>757</v>
+      </c>
+      <c r="B333" s="0" t="s">
+        <v>758</v>
+      </c>
+      <c r="F333" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="334">
+      <c r="A334" s="0" t="s">
+        <v>759</v>
+      </c>
+      <c r="B334" s="0" t="s">
+        <v>760</v>
+      </c>
+      <c r="F334" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="335">
+      <c r="A335" s="0" t="s">
+        <v>761</v>
+      </c>
+      <c r="B335" s="0" t="s">
+        <v>762</v>
+      </c>
+      <c r="F335" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="336">
+      <c r="A336" s="0" t="s">
+        <v>763</v>
+      </c>
+      <c r="B336" s="0" t="s">
+        <v>764</v>
+      </c>
+      <c r="F336" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="337">
+      <c r="A337" s="0" t="s">
+        <v>765</v>
+      </c>
+      <c r="B337" s="0" t="s">
+        <v>766</v>
+      </c>
+      <c r="F337" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="338">
+      <c r="A338" s="0" t="s">
+        <v>767</v>
+      </c>
+      <c r="B338" s="0" t="s">
+        <v>768</v>
+      </c>
+      <c r="F338" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="339">
+      <c r="A339" s="0" t="s">
+        <v>769</v>
+      </c>
+      <c r="B339" s="0" t="s">
+        <v>770</v>
+      </c>
+      <c r="F339" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="340">
+      <c r="A340" s="0" t="s">
+        <v>771</v>
+      </c>
+      <c r="B340" s="0" t="s">
+        <v>772</v>
+      </c>
+      <c r="F340" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="341">
+      <c r="A341" s="0" t="s">
+        <v>773</v>
+      </c>
+      <c r="B341" s="0" t="s">
+        <v>774</v>
+      </c>
+      <c r="F341" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="342">
+      <c r="A342" s="0" t="s">
+        <v>775</v>
+      </c>
+      <c r="B342" s="0" t="s">
+        <v>776</v>
+      </c>
+      <c r="F342" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="343">
+      <c r="A343" s="0" t="s">
+        <v>777</v>
+      </c>
+      <c r="B343" s="0" t="s">
+        <v>778</v>
+      </c>
+      <c r="F343" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="344">
+      <c r="A344" s="0" t="s">
+        <v>779</v>
+      </c>
+      <c r="B344" s="0" t="s">
+        <v>780</v>
+      </c>
+      <c r="F344" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="345">
+      <c r="A345" s="0" t="s">
+        <v>781</v>
+      </c>
+      <c r="B345" s="0" t="s">
+        <v>782</v>
+      </c>
+      <c r="F345" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="346">
+      <c r="A346" s="0" t="s">
+        <v>783</v>
+      </c>
+      <c r="B346" s="0" t="s">
+        <v>784</v>
+      </c>
+      <c r="F346" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="347">
+      <c r="A347" s="0" t="s">
+        <v>785</v>
+      </c>
+      <c r="B347" s="0" t="s">
+        <v>786</v>
+      </c>
+      <c r="F347" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="348">
+      <c r="A348" s="0" t="s">
+        <v>787</v>
+      </c>
+      <c r="B348" s="0" t="s">
+        <v>788</v>
+      </c>
+      <c r="F348" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="349">
+      <c r="A349" s="0" t="s">
+        <v>789</v>
+      </c>
+      <c r="B349" s="0" t="s">
+        <v>790</v>
+      </c>
+      <c r="F349" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="350">
+      <c r="A350" s="0" t="s">
+        <v>791</v>
+      </c>
+      <c r="B350" s="0" t="s">
+        <v>792</v>
+      </c>
+      <c r="F350" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="351">
+      <c r="A351" s="0" t="s">
+        <v>793</v>
+      </c>
+      <c r="B351" s="0" t="s">
+        <v>794</v>
+      </c>
+      <c r="F351" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="352">
+      <c r="A352" s="0" t="s">
+        <v>795</v>
+      </c>
+      <c r="B352" s="0" t="s">
+        <v>796</v>
+      </c>
+      <c r="F352" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="353">
+      <c r="A353" s="0" t="s">
+        <v>797</v>
+      </c>
+      <c r="B353" s="0" t="s">
+        <v>798</v>
+      </c>
+      <c r="F353" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="354">
+      <c r="A354" s="0" t="s">
+        <v>799</v>
+      </c>
+      <c r="B354" s="0" t="s">
+        <v>800</v>
+      </c>
+      <c r="F354" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="355">
+      <c r="A355" s="0" t="s">
+        <v>801</v>
+      </c>
+      <c r="B355" s="0" t="s">
+        <v>802</v>
+      </c>
+      <c r="F355" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="356">
+      <c r="A356" s="0" t="s">
+        <v>803</v>
+      </c>
+      <c r="B356" s="0" t="s">
+        <v>804</v>
+      </c>
+      <c r="F356" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="357">
+      <c r="A357" s="0" t="s">
+        <v>805</v>
+      </c>
+      <c r="B357" s="0" t="s">
+        <v>806</v>
+      </c>
+      <c r="F357" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="358">
+      <c r="A358" s="0" t="s">
+        <v>807</v>
+      </c>
+      <c r="B358" s="0" t="s">
+        <v>808</v>
+      </c>
+      <c r="F358" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="359">
+      <c r="A359" s="0" t="s">
+        <v>809</v>
+      </c>
+      <c r="B359" s="0" t="s">
+        <v>810</v>
+      </c>
+      <c r="F359" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="360">
+      <c r="A360" s="0" t="s">
+        <v>811</v>
+      </c>
+      <c r="B360" s="0" t="s">
+        <v>812</v>
+      </c>
+      <c r="F360" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="361">
+      <c r="A361" s="0" t="s">
+        <v>813</v>
+      </c>
+      <c r="B361" s="0" t="s">
+        <v>814</v>
+      </c>
+      <c r="F361" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="362">
+      <c r="A362" s="0" t="s">
+        <v>815</v>
+      </c>
+      <c r="B362" s="0" t="s">
+        <v>816</v>
+      </c>
+      <c r="F362" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="363">
+      <c r="A363" s="0" t="s">
+        <v>817</v>
+      </c>
+      <c r="B363" s="0" t="s">
+        <v>818</v>
+      </c>
+      <c r="F363" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="364">
+      <c r="A364" s="0" t="s">
+        <v>819</v>
+      </c>
+      <c r="B364" s="0" t="s">
+        <v>820</v>
+      </c>
+      <c r="F364" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="365">
+      <c r="A365" s="0" t="s">
+        <v>821</v>
+      </c>
+      <c r="B365" s="0" t="s">
+        <v>822</v>
+      </c>
+      <c r="F365" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="366">
+      <c r="A366" s="0" t="s">
+        <v>823</v>
+      </c>
+      <c r="B366" s="0" t="s">
+        <v>824</v>
+      </c>
+      <c r="F366" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="367">
+      <c r="A367" s="0" t="s">
+        <v>825</v>
+      </c>
+      <c r="B367" s="0" t="s">
+        <v>826</v>
+      </c>
+      <c r="F367" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="368">
+      <c r="A368" s="0" t="s">
+        <v>827</v>
+      </c>
+      <c r="B368" s="0" t="s">
+        <v>828</v>
+      </c>
+      <c r="F368" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="369">
+      <c r="A369" s="0" t="s">
+        <v>829</v>
+      </c>
+      <c r="B369" s="0" t="s">
+        <v>830</v>
+      </c>
+      <c r="F369" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="370">
+      <c r="A370" s="0" t="s">
+        <v>831</v>
+      </c>
+      <c r="B370" s="0" t="s">
+        <v>832</v>
+      </c>
+      <c r="F370" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="371">
+      <c r="A371" s="0" t="s">
+        <v>833</v>
+      </c>
+      <c r="B371" s="0" t="s">
+        <v>834</v>
+      </c>
+      <c r="F371" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="372">
+      <c r="A372" s="0" t="s">
+        <v>835</v>
+      </c>
+      <c r="B372" s="0" t="s">
+        <v>836</v>
+      </c>
+      <c r="F372" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="373">
+      <c r="A373" s="0" t="s">
+        <v>837</v>
+      </c>
+      <c r="B373" s="0" t="s">
+        <v>838</v>
+      </c>
+      <c r="F373" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="374">
+      <c r="A374" s="0" t="s">
+        <v>839</v>
+      </c>
+      <c r="B374" s="0" t="s">
+        <v>840</v>
+      </c>
+      <c r="F374" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="375">
+      <c r="A375" s="0" t="s">
+        <v>841</v>
+      </c>
+      <c r="B375" s="0" t="s">
+        <v>842</v>
+      </c>
+      <c r="F375" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="376">
+      <c r="A376" s="0" t="s">
+        <v>807</v>
+      </c>
+      <c r="B376" s="0" t="s">
+        <v>843</v>
+      </c>
+      <c r="F376" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="377">
+      <c r="A377" s="0" t="s">
+        <v>844</v>
+      </c>
+      <c r="B377" s="0" t="s">
+        <v>845</v>
+      </c>
+      <c r="F377" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="378">
+      <c r="A378" s="0" t="s">
+        <v>846</v>
+      </c>
+      <c r="B378" s="0" t="s">
+        <v>847</v>
+      </c>
+      <c r="F378" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="379">
+      <c r="A379" s="0" t="s">
+        <v>848</v>
+      </c>
+      <c r="B379" s="0" t="s">
+        <v>849</v>
+      </c>
+      <c r="F379" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="380">
+      <c r="A380" s="0" t="s">
+        <v>850</v>
+      </c>
+      <c r="B380" s="0" t="s">
+        <v>851</v>
+      </c>
+      <c r="F380" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="381">
+      <c r="A381" s="0" t="s">
+        <v>852</v>
+      </c>
+      <c r="B381" s="0" t="s">
+        <v>853</v>
+      </c>
+      <c r="F381" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="382">
+      <c r="A382" s="0" t="s">
+        <v>854</v>
+      </c>
+      <c r="B382" s="0" t="s">
+        <v>855</v>
+      </c>
+      <c r="F382" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="383">
+      <c r="A383" s="0" t="s">
+        <v>856</v>
+      </c>
+      <c r="B383" s="0" t="s">
+        <v>857</v>
+      </c>
+      <c r="F383" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="384">
+      <c r="A384" s="0" t="s">
+        <v>858</v>
+      </c>
+      <c r="B384" s="0" t="s">
+        <v>859</v>
+      </c>
+      <c r="F384" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="385">
+      <c r="A385" s="0" t="s">
+        <v>860</v>
+      </c>
+      <c r="B385" s="0" t="s">
+        <v>861</v>
+      </c>
+      <c r="F385" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="386">
+      <c r="A386" s="0" t="s">
+        <v>805</v>
+      </c>
+      <c r="B386" s="0" t="s">
+        <v>862</v>
+      </c>
+      <c r="F386" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="387">
+      <c r="A387" s="0" t="s">
+        <v>863</v>
+      </c>
+      <c r="B387" s="0" t="s">
+        <v>864</v>
+      </c>
+      <c r="F387" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="388">
+      <c r="A388" s="0" t="s">
+        <v>865</v>
+      </c>
+      <c r="B388" s="0" t="s">
+        <v>866</v>
+      </c>
+      <c r="F388" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="389">
+      <c r="A389" s="0" t="s">
+        <v>867</v>
+      </c>
+      <c r="B389" s="0" t="s">
+        <v>868</v>
+      </c>
+      <c r="F389" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="390">
+      <c r="A390" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="B390" s="0" t="s">
+        <v>869</v>
+      </c>
+      <c r="F390" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="391">
+      <c r="A391" s="0" t="s">
+        <v>870</v>
+      </c>
+      <c r="B391" s="0" t="s">
+        <v>871</v>
+      </c>
+      <c r="F391" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="392">
+      <c r="A392" s="0" t="s">
+        <v>872</v>
+      </c>
+      <c r="B392" s="0" t="s">
+        <v>873</v>
+      </c>
+      <c r="F392" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="393">
+      <c r="A393" s="0" t="s">
+        <v>874</v>
+      </c>
+      <c r="B393" s="0" t="s">
+        <v>875</v>
+      </c>
+      <c r="F393" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="394">
+      <c r="A394" s="0" t="s">
+        <v>876</v>
+      </c>
+      <c r="B394" s="0" t="s">
+        <v>877</v>
+      </c>
+      <c r="F394" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="395">
+      <c r="A395" s="0" t="s">
+        <v>878</v>
+      </c>
+      <c r="B395" s="0" t="s">
+        <v>879</v>
+      </c>
+      <c r="F395" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="396">
+      <c r="A396" s="0" t="s">
+        <v>880</v>
+      </c>
+      <c r="B396" s="0" t="s">
+        <v>881</v>
+      </c>
+      <c r="F396" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="397">
+      <c r="A397" s="0" t="s">
+        <v>882</v>
+      </c>
+      <c r="B397" s="0" t="s">
+        <v>883</v>
+      </c>
+      <c r="F397" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="398">
+      <c r="A398" s="0" t="s">
+        <v>884</v>
+      </c>
+      <c r="B398" s="0" t="s">
+        <v>885</v>
+      </c>
+      <c r="F398" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="399">
+      <c r="A399" s="0" t="s">
+        <v>884</v>
+      </c>
+      <c r="B399" s="0" t="s">
+        <v>886</v>
+      </c>
+      <c r="F399" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="400">
+      <c r="A400" s="0" t="s">
+        <v>887</v>
+      </c>
+      <c r="B400" s="0" t="s">
+        <v>888</v>
+      </c>
+      <c r="F400" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="401">
+      <c r="A401" s="0" t="s">
+        <v>889</v>
+      </c>
+      <c r="B401" s="0" t="s">
+        <v>890</v>
+      </c>
+      <c r="F401" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="402">
+      <c r="A402" s="0" t="s">
+        <v>891</v>
+      </c>
+      <c r="B402" s="0" t="s">
+        <v>892</v>
+      </c>
+      <c r="F402" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="403">
+      <c r="A403" s="0" t="s">
+        <v>893</v>
+      </c>
+      <c r="B403" s="0" t="s">
+        <v>894</v>
+      </c>
+      <c r="F403" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="404">
+      <c r="A404" s="0" t="s">
+        <v>895</v>
+      </c>
+      <c r="B404" s="0" t="s">
+        <v>896</v>
+      </c>
+      <c r="F404" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="405">
+      <c r="A405" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="B405" s="0" t="s">
+        <v>897</v>
+      </c>
+      <c r="F405" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="406">
+      <c r="A406" s="0" t="s">
+        <v>898</v>
+      </c>
+      <c r="B406" s="0" t="s">
+        <v>899</v>
+      </c>
+      <c r="F406" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="407">
+      <c r="A407" s="0" t="s">
+        <v>900</v>
+      </c>
+      <c r="B407" s="0" t="s">
+        <v>901</v>
+      </c>
+      <c r="F407" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="408">
+      <c r="A408" s="0" t="s">
+        <v>581</v>
+      </c>
+      <c r="B408" s="0" t="s">
+        <v>902</v>
+      </c>
+      <c r="F408" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="409">
+      <c r="A409" s="0" t="s">
+        <v>903</v>
+      </c>
+      <c r="B409" s="0" t="s">
+        <v>904</v>
+      </c>
+      <c r="F409" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="410">
+      <c r="A410" s="0" t="s">
+        <v>905</v>
+      </c>
+      <c r="B410" s="0" t="s">
+        <v>906</v>
+      </c>
+      <c r="F410" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="411">
+      <c r="A411" s="0" t="s">
+        <v>907</v>
+      </c>
+      <c r="B411" s="0" t="s">
+        <v>908</v>
+      </c>
+      <c r="F411" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="412">
+      <c r="A412" s="0" t="s">
+        <v>909</v>
+      </c>
+      <c r="B412" s="0" t="s">
+        <v>910</v>
+      </c>
+      <c r="F412" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="413">
+      <c r="A413" s="0" t="s">
+        <v>911</v>
+      </c>
+      <c r="B413" s="0" t="s">
+        <v>912</v>
+      </c>
+      <c r="F413" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="414">
+      <c r="A414" s="0" t="s">
+        <v>913</v>
+      </c>
+      <c r="B414" s="0" t="s">
+        <v>914</v>
+      </c>
+      <c r="F414" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="415">
+      <c r="A415" s="0" t="s">
+        <v>915</v>
+      </c>
+      <c r="B415" s="0" t="s">
+        <v>916</v>
+      </c>
+      <c r="F415" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="416">
+      <c r="A416" s="0" t="s">
+        <v>917</v>
+      </c>
+      <c r="B416" s="0" t="s">
+        <v>918</v>
+      </c>
+      <c r="F416" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="417">
+      <c r="A417" s="0" t="s">
+        <v>919</v>
+      </c>
+      <c r="B417" s="0" t="s">
+        <v>920</v>
+      </c>
+      <c r="F417" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="418">
+      <c r="A418" s="0" t="s">
+        <v>921</v>
+      </c>
+      <c r="B418" s="0" t="s">
+        <v>922</v>
+      </c>
+      <c r="F418" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="419">
+      <c r="A419" s="0" t="s">
+        <v>923</v>
+      </c>
+      <c r="B419" s="0" t="s">
+        <v>924</v>
+      </c>
+      <c r="F419" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="420">
+      <c r="A420" s="0" t="s">
+        <v>925</v>
+      </c>
+      <c r="B420" s="0" t="s">
+        <v>926</v>
+      </c>
+      <c r="F420" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="421">
+      <c r="A421" s="0" t="s">
+        <v>927</v>
+      </c>
+      <c r="B421" s="0" t="s">
+        <v>928</v>
+      </c>
+      <c r="F421" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="422">
+      <c r="A422" s="0" t="s">
+        <v>929</v>
+      </c>
+      <c r="B422" s="0" t="s">
+        <v>930</v>
+      </c>
+      <c r="F422" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="423">
+      <c r="A423" s="0" t="s">
+        <v>931</v>
+      </c>
+      <c r="B423" s="0" t="s">
+        <v>932</v>
+      </c>
+      <c r="F423" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="424">
+      <c r="A424" s="0" t="s">
+        <v>933</v>
+      </c>
+      <c r="B424" s="0" t="s">
+        <v>934</v>
+      </c>
+      <c r="F424" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="425">
+      <c r="A425" s="0" t="s">
+        <v>935</v>
+      </c>
+      <c r="B425" s="0" t="s">
+        <v>936</v>
+      </c>
+      <c r="F425" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="426">
+      <c r="A426" s="0" t="s">
+        <v>937</v>
+      </c>
+      <c r="B426" s="0" t="s">
+        <v>938</v>
+      </c>
+      <c r="F426" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="427">
+      <c r="A427" s="0" t="s">
+        <v>939</v>
+      </c>
+      <c r="B427" s="0" t="s">
+        <v>940</v>
+      </c>
+      <c r="F427" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="428">
+      <c r="A428" s="0" t="s">
+        <v>941</v>
+      </c>
+      <c r="B428" s="0" t="s">
+        <v>942</v>
+      </c>
+      <c r="F428" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="429">
+      <c r="A429" s="0" t="s">
+        <v>943</v>
+      </c>
+      <c r="B429" s="0" t="s">
+        <v>944</v>
+      </c>
+      <c r="F429" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="430">
+      <c r="A430" s="0" t="s">
+        <v>945</v>
+      </c>
+      <c r="B430" s="0" t="s">
+        <v>946</v>
+      </c>
+      <c r="F430" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="431">
+      <c r="A431" s="0" t="s">
+        <v>947</v>
+      </c>
+      <c r="B431" s="0" t="s">
+        <v>948</v>
+      </c>
+      <c r="F431" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="432">
+      <c r="A432" s="0" t="s">
+        <v>949</v>
+      </c>
+      <c r="B432" s="0" t="s">
+        <v>950</v>
+      </c>
+      <c r="F432" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="433">
+      <c r="A433" s="0" t="s">
+        <v>951</v>
+      </c>
+      <c r="B433" s="0" t="s">
+        <v>952</v>
+      </c>
+      <c r="F433" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="434">
+      <c r="A434" s="0" t="s">
+        <v>953</v>
+      </c>
+      <c r="B434" s="0" t="s">
+        <v>954</v>
+      </c>
+      <c r="F434" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="435">
+      <c r="A435" s="0" t="s">
+        <v>955</v>
+      </c>
+      <c r="B435" s="0" t="s">
+        <v>956</v>
+      </c>
+      <c r="F435" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="436">
+      <c r="A436" s="0" t="s">
+        <v>957</v>
+      </c>
+      <c r="B436" s="0" t="s">
+        <v>958</v>
+      </c>
+      <c r="F436" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="437">
+      <c r="A437" s="0" t="s">
+        <v>959</v>
+      </c>
+      <c r="B437" s="0" t="s">
+        <v>960</v>
+      </c>
+      <c r="F437" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="438">
+      <c r="A438" s="0" t="s">
+        <v>961</v>
+      </c>
+      <c r="B438" s="0" t="s">
+        <v>962</v>
+      </c>
+      <c r="F438" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="439">
+      <c r="A439" s="0" t="s">
+        <v>963</v>
+      </c>
+      <c r="B439" s="0" t="s">
+        <v>964</v>
+      </c>
+      <c r="F439" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="440">
+      <c r="A440" s="0" t="s">
+        <v>965</v>
+      </c>
+      <c r="B440" s="0" t="s">
+        <v>966</v>
+      </c>
+      <c r="F440" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="441">
+      <c r="A441" s="0" t="s">
+        <v>967</v>
+      </c>
+      <c r="B441" s="0" t="s">
+        <v>968</v>
+      </c>
+      <c r="F441" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="442">
+      <c r="A442" s="0" t="s">
+        <v>969</v>
+      </c>
+      <c r="B442" s="0" t="s">
+        <v>970</v>
+      </c>
+      <c r="F442" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="443">
+      <c r="A443" s="0" t="s">
+        <v>971</v>
+      </c>
+      <c r="B443" s="0" t="s">
+        <v>972</v>
+      </c>
+      <c r="F443" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="444">
+      <c r="A444" s="0" t="s">
+        <v>973</v>
+      </c>
+      <c r="B444" s="0" t="s">
+        <v>974</v>
+      </c>
+      <c r="F444" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="445">
+      <c r="A445" s="0" t="s">
+        <v>975</v>
+      </c>
+      <c r="B445" s="0" t="s">
+        <v>976</v>
+      </c>
+      <c r="F445" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="446">
+      <c r="A446" s="0" t="s">
+        <v>977</v>
+      </c>
+      <c r="B446" s="0" t="s">
+        <v>978</v>
+      </c>
+      <c r="F446" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="447">
+      <c r="A447" s="0" t="s">
+        <v>979</v>
+      </c>
+      <c r="B447" s="0" t="s">
+        <v>980</v>
+      </c>
+      <c r="F447" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="448">
+      <c r="A448" s="0" t="s">
+        <v>981</v>
+      </c>
+      <c r="B448" s="0" t="s">
+        <v>982</v>
+      </c>
+      <c r="F448" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="449">
+      <c r="A449" s="0" t="s">
+        <v>983</v>
+      </c>
+      <c r="B449" s="0" t="s">
+        <v>984</v>
+      </c>
+      <c r="F449" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="450">
+      <c r="A450" s="0" t="s">
+        <v>985</v>
+      </c>
+      <c r="B450" s="0" t="s">
+        <v>986</v>
+      </c>
+      <c r="F450" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="451">
+      <c r="A451" s="0" t="s">
+        <v>987</v>
+      </c>
+      <c r="B451" s="0" t="s">
+        <v>988</v>
+      </c>
+      <c r="F451" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="452">
+      <c r="A452" s="0" t="s">
+        <v>989</v>
+      </c>
+      <c r="B452" s="0" t="s">
+        <v>990</v>
+      </c>
+      <c r="F452" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="453">
+      <c r="A453" s="0" t="s">
+        <v>991</v>
+      </c>
+      <c r="B453" s="0" t="s">
+        <v>992</v>
+      </c>
+      <c r="F453" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="454">
+      <c r="A454" s="0" t="s">
+        <v>993</v>
+      </c>
+      <c r="B454" s="0" t="s">
+        <v>994</v>
+      </c>
+      <c r="F454" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="455">
+      <c r="A455" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="B455" s="0" t="s">
+        <v>995</v>
+      </c>
+      <c r="F455" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="456">
+      <c r="A456" s="0" t="s">
+        <v>996</v>
+      </c>
+      <c r="B456" s="0" t="s">
+        <v>997</v>
+      </c>
+      <c r="F456" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="457">
+      <c r="A457" s="0" t="s">
+        <v>998</v>
+      </c>
+      <c r="B457" s="0" t="s">
+        <v>999</v>
+      </c>
+      <c r="F457" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="458">
+      <c r="A458" s="0" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B458" s="0" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F458" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="459">
+      <c r="A459" s="0" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B459" s="0" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F459" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="460">
+      <c r="A460" s="0" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B460" s="0" t="s">
+        <v>1005</v>
+      </c>
+      <c r="F460" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="461">
+      <c r="A461" s="0" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B461" s="0" t="s">
+        <v>1007</v>
+      </c>
+      <c r="F461" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="462">
+      <c r="A462" s="0" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B462" s="0" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F462" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="463">
+      <c r="A463" s="0" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B463" s="0" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F463" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="464">
+      <c r="A464" s="0" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B464" s="0" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F464" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="465">
+      <c r="A465" s="0" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B465" s="0" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F465" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="466">
+      <c r="A466" s="0" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B466" s="0" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F466" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="467">
+      <c r="A467" s="0" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B467" s="0" t="s">
+        <v>1019</v>
+      </c>
+      <c r="F467" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="468">
+      <c r="A468" s="0" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B468" s="0" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F468" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="469">
+      <c r="A469" s="0" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B469" s="0" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F469" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="470">
+      <c r="A470" s="0" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B470" s="0" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F470" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="471">
+      <c r="A471" s="0" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B471" s="0" t="s">
+        <v>1027</v>
+      </c>
+      <c r="F471" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="472">
+      <c r="A472" s="0" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B472" s="0" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F472" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="473">
+      <c r="A473" s="0" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B473" s="0" t="s">
+        <v>1031</v>
+      </c>
+      <c r="F473" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="474">
+      <c r="A474" s="0" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B474" s="0" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F474" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="475">
+      <c r="A475" s="0" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B475" s="0" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F475" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="476">
+      <c r="A476" s="0" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B476" s="0" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F476" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="477">
+      <c r="A477" s="0" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B477" s="0" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F477" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="478">
+      <c r="A478" s="0" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B478" s="0" t="s">
+        <v>1041</v>
+      </c>
+      <c r="F478" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="479">
+      <c r="A479" s="0" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B479" s="0" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F479" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="480">
+      <c r="A480" s="0" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B480" s="0" t="s">
+        <v>1045</v>
+      </c>
+      <c r="F480" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="481">
+      <c r="A481" s="0" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B481" s="0" t="s">
+        <v>1047</v>
+      </c>
+      <c r="F481" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="482">
+      <c r="A482" s="0" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B482" s="0" t="s">
+        <v>1049</v>
+      </c>
+      <c r="F482" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="483">
+      <c r="A483" s="0" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B483" s="0" t="s">
+        <v>1051</v>
+      </c>
+      <c r="F483" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="484">
+      <c r="A484" s="0" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B484" s="0" t="s">
+        <v>1053</v>
+      </c>
+      <c r="F484" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="485">
+      <c r="A485" s="0" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B485" s="0" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F485" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="486">
+      <c r="A486" s="0" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B486" s="0" t="s">
+        <v>1057</v>
+      </c>
+      <c r="F486" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="487">
+      <c r="A487" s="0" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B487" s="0" t="s">
+        <v>1059</v>
+      </c>
+      <c r="F487" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="488">
+      <c r="A488" s="0" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B488" s="0" t="s">
+        <v>1061</v>
+      </c>
+      <c r="F488" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="489">
+      <c r="A489" s="0" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B489" s="0" t="s">
+        <v>1063</v>
+      </c>
+      <c r="F489" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="490">
+      <c r="A490" s="0" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B490" s="0" t="s">
+        <v>1065</v>
+      </c>
+      <c r="F490" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="491">
+      <c r="A491" s="0" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B491" s="0" t="s">
+        <v>1067</v>
+      </c>
+      <c r="F491" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="492">
+      <c r="A492" s="0" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B492" s="0" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F492" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="493">
+      <c r="A493" s="0" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B493" s="0" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F493" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="494">
+      <c r="A494" s="0" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B494" s="0" t="s">
+        <v>1073</v>
+      </c>
+      <c r="F494" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="495">
+      <c r="A495" s="0" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B495" s="0" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C495" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="F495" s="0" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="496">
+      <c r="A496" s="0" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B496" s="0" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F496" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="497">
+      <c r="A497" s="0" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B497" s="0" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C497" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="F497" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="498">
+      <c r="A498" s="0" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B498" s="0" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C498" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="F498" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="499">
+      <c r="A499" s="0" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B499" s="0" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C499" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="E499" s="0" t="s">
+        <v>1084</v>
+      </c>
+      <c r="F499" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="500">
+      <c r="A500" s="0" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B500" s="0" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C500" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="E500" s="0" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F500" s="0" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="501">
+      <c r="A501" s="0" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B501" s="0" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C501" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="E501" s="0" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F501" s="0" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="502">
+      <c r="A502" s="0" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B502" s="0" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C502" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="E502" s="0" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F502" s="0" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="503">
+      <c r="A503" s="0" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B503" s="0" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C503" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="E503" s="0" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F503" s="0" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="504">
+      <c r="A504" s="0" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B504" s="0" t="s">
+        <v>1095</v>
+      </c>
+      <c r="F504" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="505">
+      <c r="A505" s="0" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B505" s="0" t="s">
+        <v>1097</v>
+      </c>
+      <c r="F505" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="506">
+      <c r="A506" s="0" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B506" s="0" t="s">
+        <v>1099</v>
+      </c>
+      <c r="F506" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="507">
+      <c r="A507" s="0" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B507" s="0" t="s">
+        <v>1101</v>
+      </c>
+      <c r="F507" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="508">
+      <c r="A508" s="0" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B508" s="0" t="s">
+        <v>1103</v>
+      </c>
+      <c r="F508" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="509">
+      <c r="A509" s="0" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B509" s="0" t="s">
+        <v>1105</v>
+      </c>
+      <c r="F509" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="510">
+      <c r="A510" s="0" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B510" s="0" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F510" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="511">
+      <c r="A511" s="0" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B511" s="0" t="s">
+        <v>1109</v>
+      </c>
+      <c r="F511" s="0" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="512">
+      <c r="A512" s="0" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B512" s="0" t="s">
+        <v>1111</v>
+      </c>
+      <c r="F512" s="0" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="513">
+      <c r="A513" s="0" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B513" s="0" t="s">
+        <v>1113</v>
+      </c>
+      <c r="F513" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="514">
+      <c r="A514" s="0" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B514" s="0" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F514" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="515">
+      <c r="A515" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="B515" s="0" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F515" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="516">
+      <c r="A516" s="0" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B516" s="0" t="s">
+        <v>1118</v>
+      </c>
+      <c r="F516" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="517">
+      <c r="A517" s="0" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B517" s="0" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F517" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="518">
+      <c r="A518" s="0" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B518" s="0" t="s">
+        <v>1122</v>
+      </c>
+      <c r="F518" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="519">
+      <c r="A519" s="0" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B519" s="0" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F519" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="520">
+      <c r="A520" s="0" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B520" s="0" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F520" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="521">
+      <c r="A521" s="0" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B521" s="0" t="s">
+        <v>1128</v>
+      </c>
+      <c r="F521" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="522">
+      <c r="A522" s="0" t="s">
+        <v>576</v>
+      </c>
+      <c r="B522" s="0" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F522" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="523">
+      <c r="A523" s="0" t="s">
+        <v>581</v>
+      </c>
+      <c r="B523" s="0" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F523" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="524">
+      <c r="A524" s="0" t="s">
+        <v>891</v>
+      </c>
+      <c r="B524" s="0" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F524" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="525">
+      <c r="A525" s="0" t="s">
+        <v>593</v>
+      </c>
+      <c r="B525" s="0" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F525" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="526">
+      <c r="A526" s="0" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B526" s="0" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F526" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="527">
+      <c r="A527" s="0" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B527" s="0" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F527" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="528">
+      <c r="A528" s="0" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B528" s="0" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F528" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="529">
+      <c r="A529" s="0" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B529" s="0" t="s">
+        <v>1140</v>
+      </c>
+      <c r="F529" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="530">
+      <c r="A530" s="0" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B530" s="0" t="s">
+        <v>1142</v>
+      </c>
+      <c r="F530" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="531">
+      <c r="A531" s="0" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B531" s="0" t="s">
+        <v>1144</v>
+      </c>
+      <c r="F531" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="532">
+      <c r="A532" s="0" t="s">
+        <v>608</v>
+      </c>
+      <c r="B532" s="0" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F532" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="533">
+      <c r="A533" s="0" t="s">
+        <v>610</v>
+      </c>
+      <c r="B533" s="0" t="s">
+        <v>1146</v>
+      </c>
+      <c r="F533" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="534">
+      <c r="A534" s="0" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B534" s="0" t="s">
+        <v>1148</v>
+      </c>
+      <c r="F534" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="535">
+      <c r="A535" s="0" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B535" s="0" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F535" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="536">
+      <c r="A536" s="0" t="s">
+        <v>621</v>
+      </c>
+      <c r="B536" s="0" t="s">
+        <v>1151</v>
+      </c>
+      <c r="F536" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="537">
+      <c r="A537" s="0" t="s">
+        <v>623</v>
+      </c>
+      <c r="B537" s="0" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F537" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="538">
+      <c r="A538" s="0" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B538" s="0" t="s">
+        <v>1154</v>
+      </c>
+      <c r="F538" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="539">
+      <c r="A539" s="0" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B539" s="0" t="s">
+        <v>1156</v>
+      </c>
+      <c r="F539" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="540">
+      <c r="A540" s="0" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B540" s="0" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F540" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="541">
+      <c r="A541" s="0" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B541" s="0" t="s">
+        <v>1160</v>
+      </c>
+      <c r="F541" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="542">
+      <c r="A542" s="0" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B542" s="0" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F542" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="543">
+      <c r="A543" s="0" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B543" s="0" t="s">
+        <v>1164</v>
+      </c>
+      <c r="F543" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="544">
+      <c r="A544" s="0" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B544" s="0" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F544" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="545">
+      <c r="A545" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="B545" s="0" t="s">
+        <v>1167</v>
+      </c>
+      <c r="F545" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="546">
+      <c r="A546" s="0" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B546" s="0" t="s">
+        <v>1169</v>
+      </c>
+      <c r="F546" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="547">
+      <c r="A547" s="0" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B547" s="0" t="s">
+        <v>1171</v>
+      </c>
+      <c r="F547" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="548">
+      <c r="A548" s="0" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B548" s="0" t="s">
+        <v>1173</v>
+      </c>
+      <c r="F548" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="549">
+      <c r="A549" s="0" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B549" s="0" t="s">
+        <v>1175</v>
+      </c>
+      <c r="F549" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="550">
+      <c r="A550" s="0" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B550" s="0" t="s">
+        <v>1177</v>
+      </c>
+      <c r="F550" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="551">
+      <c r="A551" s="0" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B551" s="0" t="s">
+        <v>1179</v>
+      </c>
+      <c r="F551" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="552">
+      <c r="A552" s="0" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B552" s="0" t="s">
+        <v>1181</v>
+      </c>
+      <c r="F552" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="553">
+      <c r="A553" s="0" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B553" s="0" t="s">
+        <v>1183</v>
+      </c>
+      <c r="F553" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="554">
+      <c r="A554" s="0" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B554" s="0" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F554" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="555">
+      <c r="A555" s="0" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B555" s="0" t="s">
+        <v>1187</v>
+      </c>
+      <c r="F555" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="556">
+      <c r="A556" s="0" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B556" s="0" t="s">
+        <v>1189</v>
+      </c>
+      <c r="F556" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="557">
+      <c r="A557" s="0" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B557" s="0" t="s">
+        <v>1191</v>
+      </c>
+      <c r="F557" s="0" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="558">
+      <c r="A558" s="0" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B558" s="0" t="s">
+        <v>1194</v>
+      </c>
+      <c r="F558" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="559">
+      <c r="A559" s="0" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B559" s="0" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F559" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="560">
+      <c r="A560" s="0" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B560" s="0" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F560" s="0" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="561">
+      <c r="A561" s="0" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B561" s="0" t="s">
+        <v>1201</v>
+      </c>
+      <c r="F561" s="0" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="562">
+      <c r="A562" s="0" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B562" s="0" t="s">
+        <v>1203</v>
+      </c>
+      <c r="F562" s="0" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="563">
+      <c r="A563" s="0" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B563" s="0" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F563" s="0" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="564">
+      <c r="A564" s="0" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B564" s="0" t="s">
+        <v>1208</v>
+      </c>
+      <c r="F564" s="0" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="565">
+      <c r="A565" s="0" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B565" s="0" t="s">
+        <v>1211</v>
+      </c>
+      <c r="F565" s="0" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="566">
+      <c r="A566" s="0" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B566" s="0" t="s">
+        <v>1213</v>
+      </c>
+      <c r="F566" s="0" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="567">
+      <c r="A567" s="0" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B567" s="0" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F567" s="0" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="568">
+      <c r="A568" s="0" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B568" s="0" t="s">
+        <v>1217</v>
+      </c>
+      <c r="F568" s="0" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="569">
+      <c r="A569" s="0" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B569" s="0" t="s">
+        <v>1219</v>
+      </c>
+      <c r="F569" s="0" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="570">
+      <c r="A570" s="0" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B570" s="0" t="s">
+        <v>1221</v>
+      </c>
+      <c r="F570" s="0" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="571">
+      <c r="A571" s="0" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B571" s="0" t="s">
+        <v>1223</v>
+      </c>
+      <c r="F571" s="0" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="572">
+      <c r="A572" s="0" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B572" s="0" t="s">
+        <v>1225</v>
+      </c>
+      <c r="F572" s="0" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="573">
+      <c r="A573" s="0" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B573" s="0" t="s">
+        <v>1228</v>
+      </c>
+      <c r="F573" s="0" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="574">
+      <c r="A574" s="0" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B574" s="0" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F574" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="575">
+      <c r="A575" s="0" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B575" s="0" t="s">
+        <v>1232</v>
+      </c>
+      <c r="F575" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="576">
+      <c r="A576" s="0" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B576" s="0" t="s">
+        <v>1234</v>
+      </c>
+      <c r="F576" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="577">
+      <c r="A577" s="0" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B577" s="0" t="s">
+        <v>1236</v>
+      </c>
+      <c r="F577" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="578">
+      <c r="A578" s="0" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B578" s="0" t="s">
+        <v>1238</v>
+      </c>
+      <c r="F578" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="579">
+      <c r="A579" s="0" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B579" s="0" t="s">
+        <v>1240</v>
+      </c>
+      <c r="F579" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="580">
+      <c r="A580" s="0" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B580" s="0" t="s">
+        <v>1242</v>
+      </c>
+      <c r="F580" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="581">
+      <c r="A581" s="0" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B581" s="0" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F581" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="582">
+      <c r="A582" s="0" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B582" s="0" t="s">
+        <v>1246</v>
+      </c>
+      <c r="F582" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="583">
+      <c r="A583" s="0" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B583" s="0" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F583" s="0" t="s">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="584">
+      <c r="A584" s="0" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B584" s="0" t="s">
+        <v>1251</v>
+      </c>
+      <c r="F584" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="585">
+      <c r="A585" s="0" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B585" s="0" t="s">
+        <v>1253</v>
+      </c>
+      <c r="F585" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="586">
+      <c r="A586" s="0" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B586" s="0" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F586" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="587">
+      <c r="A587" s="0" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B587" s="0" t="s">
+        <v>1257</v>
+      </c>
+      <c r="F587" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="588">
+      <c r="A588" s="0" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B588" s="0" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F588" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="589">
+      <c r="A589" s="0" t="s">
+        <v>1260</v>
+      </c>
+      <c r="B589" s="0" t="s">
+        <v>1261</v>
+      </c>
+      <c r="F589" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="590">
+      <c r="A590" s="0" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B590" s="0" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F590" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="591">
+      <c r="A591" s="0" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B591" s="0" t="s">
+        <v>1265</v>
+      </c>
+      <c r="F591" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="592">
+      <c r="A592" s="0" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B592" s="0" t="s">
+        <v>1267</v>
+      </c>
+      <c r="F592" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="593">
+      <c r="A593" s="0" t="s">
+        <v>1268</v>
+      </c>
+      <c r="B593" s="0" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F593" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="594">
+      <c r="A594" s="0" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B594" s="0" t="s">
+        <v>1271</v>
+      </c>
+      <c r="F594" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="595">
+      <c r="A595" s="0" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B595" s="0" t="s">
+        <v>1273</v>
+      </c>
+      <c r="F595" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="596">
+      <c r="A596" s="0" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B596" s="0" t="s">
+        <v>1275</v>
+      </c>
+      <c r="F596" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="597">
+      <c r="A597" s="0" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B597" s="0" t="s">
+        <v>1277</v>
+      </c>
+      <c r="F597" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="598">
+      <c r="A598" s="0" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B598" s="0" t="s">
+        <v>1279</v>
+      </c>
+      <c r="F598" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="599">
+      <c r="A599" s="0" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B599" s="0" t="s">
+        <v>1281</v>
+      </c>
+      <c r="F599" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="600">
+      <c r="A600" s="0" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B600" s="0" t="s">
+        <v>1283</v>
+      </c>
+      <c r="F600" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="601">
+      <c r="A601" s="0" t="s">
+        <v>1284</v>
+      </c>
+      <c r="B601" s="0" t="s">
+        <v>1285</v>
+      </c>
+      <c r="F601" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="602">
+      <c r="A602" s="0" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B602" s="0" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F602" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="603">
+      <c r="A603" s="0" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B603" s="0" t="s">
+        <v>1289</v>
+      </c>
+      <c r="F603" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="604">
+      <c r="A604" s="0" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B604" s="0" t="s">
+        <v>1291</v>
+      </c>
+      <c r="F604" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="605">
+      <c r="A605" s="0" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B605" s="0" t="s">
+        <v>1293</v>
+      </c>
+      <c r="F605" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="606">
+      <c r="A606" s="0" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B606" s="0" t="s">
+        <v>1295</v>
+      </c>
+      <c r="F606" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="607">
+      <c r="A607" s="0" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B607" s="0" t="s">
+        <v>1297</v>
+      </c>
+      <c r="F607" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="608">
+      <c r="A608" s="0" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B608" s="0" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F608" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="609">
+      <c r="A609" s="0" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B609" s="0" t="s">
+        <v>1301</v>
+      </c>
+      <c r="F609" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="610">
+      <c r="A610" s="0" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B610" s="0" t="s">
+        <v>1303</v>
+      </c>
+      <c r="F610" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="611">
+      <c r="A611" s="0" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B611" s="0" t="s">
+        <v>1305</v>
+      </c>
+      <c r="F611" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="612">
+      <c r="A612" s="0" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B612" s="0" t="s">
+        <v>1307</v>
+      </c>
+      <c r="F612" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="613">
+      <c r="A613" s="0" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B613" s="0" t="s">
+        <v>1309</v>
+      </c>
+      <c r="F613" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="614">
+      <c r="A614" s="0" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B614" s="0" t="s">
+        <v>1311</v>
+      </c>
+      <c r="F614" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="615">
+      <c r="A615" s="0" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B615" s="0" t="s">
+        <v>1313</v>
+      </c>
+      <c r="F615" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="616">
+      <c r="A616" s="0" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B616" s="0" t="s">
+        <v>1315</v>
+      </c>
+      <c r="F616" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="617">
+      <c r="A617" s="0" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B617" s="0" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F617" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="618">
+      <c r="A618" s="0" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B618" s="0" t="s">
+        <v>1319</v>
+      </c>
+      <c r="F618" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="619">
+      <c r="A619" s="0" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B619" s="0" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F619" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="620">
+      <c r="A620" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B620" s="0" t="s">
+        <v>1323</v>
+      </c>
+      <c r="F620" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="621">
+      <c r="A621" s="0" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B621" s="0" t="s">
+        <v>1325</v>
+      </c>
+      <c r="F621" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="622">
+      <c r="A622" s="0" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B622" s="0" t="s">
+        <v>1327</v>
+      </c>
+      <c r="F622" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="623">
+      <c r="A623" s="0" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B623" s="0" t="s">
+        <v>1329</v>
+      </c>
+      <c r="F623" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="624">
+      <c r="A624" s="0" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B624" s="0" t="s">
+        <v>1331</v>
+      </c>
+      <c r="F624" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="625">
+      <c r="A625" s="0" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B625" s="0" t="s">
+        <v>1333</v>
+      </c>
+      <c r="F625" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="626">
+      <c r="A626" s="0" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B626" s="0" t="s">
+        <v>1335</v>
+      </c>
+      <c r="F626" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="627">
+      <c r="A627" s="0" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B627" s="0" t="s">
+        <v>1337</v>
+      </c>
+      <c r="F627" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="628">
+      <c r="A628" s="0" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B628" s="0" t="s">
+        <v>1339</v>
+      </c>
+      <c r="F628" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="629">
+      <c r="A629" s="0" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B629" s="0" t="s">
+        <v>1341</v>
+      </c>
+      <c r="F629" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="630">
+      <c r="A630" s="0" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B630" s="0" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F630" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="631">
+      <c r="A631" s="0" t="s">
+        <v>1344</v>
+      </c>
+      <c r="B631" s="0" t="s">
+        <v>1345</v>
+      </c>
+      <c r="F631" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="632">
+      <c r="A632" s="0" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B632" s="0" t="s">
+        <v>1347</v>
+      </c>
+      <c r="F632" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="633">
+      <c r="A633" s="0" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B633" s="0" t="s">
+        <v>1349</v>
+      </c>
+      <c r="F633" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="634">
+      <c r="A634" s="0" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B634" s="0" t="s">
+        <v>1351</v>
+      </c>
+      <c r="F634" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="635">
+      <c r="A635" s="0" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B635" s="0" t="s">
+        <v>1353</v>
+      </c>
+      <c r="F635" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="636">
+      <c r="A636" s="0" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B636" s="0" t="s">
+        <v>1355</v>
+      </c>
+      <c r="F636" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="637">
+      <c r="A637" s="0" t="s">
+        <v>1356</v>
+      </c>
+      <c r="B637" s="0" t="s">
+        <v>1357</v>
+      </c>
+      <c r="F637" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="638">
+      <c r="A638" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="B638" s="0" t="s">
+        <v>1358</v>
+      </c>
+      <c r="F638" s="0" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="639">
+      <c r="A639" s="0" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B639" s="0" t="s">
+        <v>1360</v>
+      </c>
+      <c r="F639" s="0" t="s">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="640">
+      <c r="A640" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="B640" s="0" t="s">
+        <v>1362</v>
+      </c>
+      <c r="F640" s="0" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="641">
+      <c r="A641" s="0" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B641" s="0" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F641" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="642">
+      <c r="A642" s="0" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B642" s="0" t="s">
+        <v>1367</v>
+      </c>
+      <c r="F642" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="643">
+      <c r="A643" s="0" t="s">
+        <v>1368</v>
+      </c>
+      <c r="B643" s="0" t="s">
+        <v>1369</v>
+      </c>
+      <c r="F643" s="0" t="s">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="644">
+      <c r="A644" s="0" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B644" s="0" t="s">
+        <v>1372</v>
+      </c>
+      <c r="F644" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="645">
+      <c r="A645" s="0" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B645" s="0" t="s">
+        <v>1374</v>
+      </c>
+      <c r="F645" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="646">
+      <c r="A646" s="0" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B646" s="0" t="s">
+        <v>1376</v>
+      </c>
+      <c r="F646" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="647">
+      <c r="A647" s="0" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B647" s="0" t="s">
+        <v>1378</v>
+      </c>
+      <c r="F647" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="648">
+      <c r="A648" s="0" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B648" s="0" t="s">
+        <v>1380</v>
+      </c>
+      <c r="F648" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="649">
+      <c r="A649" s="0" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B649" s="0" t="s">
+        <v>1382</v>
+      </c>
+      <c r="F649" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="650">
+      <c r="A650" s="0" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B650" s="0" t="s">
+        <v>1384</v>
+      </c>
+      <c r="F650" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="651">
+      <c r="A651" s="0" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B651" s="0" t="s">
+        <v>1386</v>
+      </c>
+      <c r="F651" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="652">
+      <c r="A652" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="B652" s="0" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F652" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="653">
+      <c r="A653" s="0" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B653" s="0" t="s">
+        <v>1389</v>
+      </c>
+      <c r="F653" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="654">
+      <c r="A654" s="0" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B654" s="0" t="s">
+        <v>1391</v>
+      </c>
+      <c r="F654" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="655">
+      <c r="A655" s="0" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B655" s="0" t="s">
+        <v>1393</v>
+      </c>
+      <c r="F655" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="656">
+      <c r="A656" s="0" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B656" s="0" t="s">
+        <v>1395</v>
+      </c>
+      <c r="F656" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="657">
+      <c r="A657" s="0" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B657" s="0" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F657" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="658">
+      <c r="A658" s="0" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B658" s="0" t="s">
+        <v>1399</v>
+      </c>
+      <c r="F658" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="659">
+      <c r="A659" s="0" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B659" s="0" t="s">
+        <v>1401</v>
+      </c>
+      <c r="F659" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="660">
+      <c r="A660" s="0" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B660" s="0" t="s">
+        <v>1403</v>
+      </c>
+      <c r="F660" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="661">
+      <c r="A661" s="0" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B661" s="0" t="s">
+        <v>1405</v>
+      </c>
+      <c r="F661" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="662">
+      <c r="A662" s="0" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B662" s="0" t="s">
+        <v>1407</v>
+      </c>
+      <c r="F662" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="663">
+      <c r="A663" s="0" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B663" s="0" t="s">
+        <v>1409</v>
+      </c>
+      <c r="F663" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="664">
+      <c r="A664" s="0" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B664" s="0" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F664" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="665">
+      <c r="A665" s="0" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B665" s="0" t="s">
+        <v>1413</v>
+      </c>
+      <c r="F665" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="666">
+      <c r="A666" s="0" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B666" s="0" t="s">
+        <v>1415</v>
+      </c>
+      <c r="F666" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="667">
+      <c r="A667" s="0" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B667" s="0" t="s">
+        <v>1417</v>
+      </c>
+      <c r="F667" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="668">
+      <c r="A668" s="0" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B668" s="0" t="s">
+        <v>1419</v>
+      </c>
+      <c r="F668" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="669">
+      <c r="A669" s="0" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B669" s="0" t="s">
+        <v>1421</v>
+      </c>
+      <c r="F669" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="670">
+      <c r="A670" s="0" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B670" s="0" t="s">
+        <v>1423</v>
+      </c>
+      <c r="F670" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="671">
+      <c r="A671" s="0" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B671" s="0" t="s">
+        <v>1425</v>
+      </c>
+      <c r="F671" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="672">
+      <c r="A672" s="0" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B672" s="0" t="s">
+        <v>1427</v>
+      </c>
+      <c r="F672" s="0" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="673">
+      <c r="A673" s="0" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B673" s="0" t="s">
+        <v>1429</v>
+      </c>
+      <c r="F673" s="0" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="674">
+      <c r="A674" s="0" t="s">
+        <v>1430</v>
+      </c>
+      <c r="B674" s="0" t="s">
+        <v>1431</v>
+      </c>
+      <c r="F674" s="0" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="675">
+      <c r="A675" s="0" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B675" s="0" t="s">
+        <v>1433</v>
+      </c>
+      <c r="F675" s="0" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="676">
+      <c r="A676" s="0" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B676" s="0" t="s">
+        <v>1435</v>
+      </c>
+      <c r="F676" s="0" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="677">
+      <c r="A677" s="0" t="s">
+        <v>1436</v>
+      </c>
+      <c r="B677" s="0" t="s">
+        <v>1437</v>
+      </c>
+      <c r="F677" s="0" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="678">
+      <c r="A678" s="0" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B678" s="0" t="s">
+        <v>1439</v>
+      </c>
+      <c r="F678" s="0" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="679">
+      <c r="A679" s="0" t="s">
+        <v>1440</v>
+      </c>
+      <c r="B679" s="0" t="s">
+        <v>1441</v>
+      </c>
+      <c r="F679" s="0" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="680">
+      <c r="A680" s="0" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B680" s="0" t="s">
+        <v>1443</v>
+      </c>
+      <c r="F680" s="0" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="681">
+      <c r="A681" s="0" t="s">
+        <v>1444</v>
+      </c>
+      <c r="B681" s="0" t="s">
+        <v>1445</v>
+      </c>
+      <c r="F681" s="0" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="682">
+      <c r="A682" s="0" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B682" s="0" t="s">
+        <v>1447</v>
+      </c>
+      <c r="F682" s="0" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="683">
+      <c r="A683" s="0" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B683" s="0" t="s">
+        <v>1449</v>
+      </c>
+      <c r="F683" s="0" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="684">
+      <c r="A684" s="0" t="s">
+        <v>1450</v>
+      </c>
+      <c r="B684" s="0" t="s">
+        <v>1451</v>
+      </c>
+      <c r="F684" s="0" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="685">
+      <c r="A685" s="0" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B685" s="0" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F685" s="0" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="686">
+      <c r="A686" s="0" t="s">
+        <v>1454</v>
+      </c>
+      <c r="B686" s="0" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F686" s="0" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="687">
+      <c r="A687" s="0" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B687" s="0" t="s">
+        <v>1457</v>
+      </c>
+      <c r="F687" s="0" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="688">
+      <c r="A688" s="0" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B688" s="0" t="s">
+        <v>1459</v>
+      </c>
+      <c r="F688" s="0" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="689">
+      <c r="A689" s="0" t="s">
+        <v>1460</v>
+      </c>
+      <c r="B689" s="0" t="s">
+        <v>1461</v>
+      </c>
+      <c r="F689" s="0" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="690">
+      <c r="A690" s="0" t="s">
+        <v>1462</v>
+      </c>
+      <c r="B690" s="0" t="s">
+        <v>1463</v>
+      </c>
+      <c r="F690" s="0" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="691">
+      <c r="A691" s="0" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B691" s="0" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F691" s="0" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="692">
+      <c r="A692" s="0" t="s">
+        <v>1466</v>
+      </c>
+      <c r="B692" s="0" t="s">
+        <v>1467</v>
+      </c>
+      <c r="F692" s="0" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="693">
+      <c r="A693" s="0" t="s">
+        <v>1468</v>
+      </c>
+      <c r="B693" s="0" t="s">
+        <v>1469</v>
+      </c>
+      <c r="F693" s="0" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="694">
+      <c r="A694" s="0" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B694" s="0" t="s">
+        <v>1471</v>
+      </c>
+      <c r="F694" s="0" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="695">
+      <c r="A695" s="0" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B695" s="0" t="s">
+        <v>1474</v>
+      </c>
+      <c r="F695" s="0" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="696">
+      <c r="A696" s="0" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B696" s="0" t="s">
+        <v>1476</v>
+      </c>
+      <c r="F696" s="0" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="697">
+      <c r="A697" s="0" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B697" s="0" t="s">
+        <v>1478</v>
+      </c>
+      <c r="F697" s="0" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="698">
+      <c r="A698" s="0" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B698" s="0" t="s">
+        <v>1480</v>
+      </c>
+      <c r="F698" s="0" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="699">
+      <c r="A699" s="0" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B699" s="0" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F699" s="0" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="700">
+      <c r="A700" s="0" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B700" s="0" t="s">
+        <v>1483</v>
+      </c>
+      <c r="F700" s="0" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="701">
+      <c r="A701" s="0" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B701" s="0" t="s">
+        <v>1485</v>
+      </c>
+      <c r="F701" s="0" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="702">
+      <c r="A702" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="B702" s="0" t="s">
+        <v>1486</v>
+      </c>
+      <c r="F702" s="0" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="703">
+      <c r="A703" s="0" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B703" s="0" t="s">
+        <v>1488</v>
+      </c>
+      <c r="F703" s="0" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="704">
+      <c r="A704" s="0" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B704" s="0" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F704" s="0" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="705">
+      <c r="A705" s="0" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B705" s="0" t="s">
+        <v>1493</v>
+      </c>
+      <c r="F705" s="0" t="s">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="706">
+      <c r="A706" s="0" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B706" s="0" t="s">
+        <v>1496</v>
+      </c>
+      <c r="F706" s="0" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="707">
+      <c r="A707" s="0" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B707" s="0" t="s">
+        <v>1498</v>
+      </c>
+      <c r="F707" s="0" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="708">
+      <c r="A708" s="0" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B708" s="0" t="s">
+        <v>1500</v>
+      </c>
+      <c r="F708" s="0" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="709">
+      <c r="A709" s="0" t="s">
+        <v>765</v>
+      </c>
+      <c r="B709" s="0" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F709" s="0" t="s">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="710">
+      <c r="A710" s="0" t="s">
+        <v>765</v>
+      </c>
+      <c r="B710" s="0" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F710" s="0" t="s">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="711">
+      <c r="A711" s="0" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B711" s="0" t="s">
+        <v>1505</v>
+      </c>
+      <c r="F711" s="0" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="712">
+      <c r="A712" s="0" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B712" s="0" t="s">
+        <v>1507</v>
+      </c>
+      <c r="F712" s="0" t="s">
+        <v>1508</v>
+      </c>
+    </row>
+    <row r="713">
+      <c r="A713" s="0" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B713" s="0" t="s">
+        <v>1510</v>
+      </c>
+      <c r="F713" s="0" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="714">
+      <c r="A714" s="0" t="s">
+        <v>1511</v>
+      </c>
+      <c r="B714" s="0" t="s">
+        <v>1512</v>
+      </c>
+      <c r="F714" s="0" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="715">
+      <c r="A715" s="0" t="s">
+        <v>1513</v>
+      </c>
+      <c r="B715" s="0" t="s">
+        <v>1514</v>
+      </c>
+      <c r="F715" s="0" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="716">
+      <c r="A716" s="0" t="s">
+        <v>1515</v>
+      </c>
+      <c r="B716" s="0" t="s">
+        <v>1516</v>
+      </c>
+      <c r="F716" s="0" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="717">
+      <c r="A717" s="0" t="s">
+        <v>1517</v>
+      </c>
+      <c r="B717" s="0" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F717" s="0" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="718">
+      <c r="A718" s="0" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B718" s="0" t="s">
+        <v>1520</v>
+      </c>
+      <c r="F718" s="0" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="719">
+      <c r="A719" s="0" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B719" s="0" t="s">
+        <v>1522</v>
+      </c>
+      <c r="F719" s="0" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="720">
+      <c r="A720" s="0" t="s">
+        <v>1523</v>
+      </c>
+      <c r="B720" s="0" t="s">
+        <v>1524</v>
+      </c>
+      <c r="F720" s="0" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="721">
+      <c r="A721" s="0" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B721" s="0" t="s">
+        <v>1526</v>
+      </c>
+      <c r="F721" s="0" t="s">
+        <v>1527</v>
+      </c>
+    </row>
+    <row r="722">
+      <c r="A722" s="0" t="s">
+        <v>839</v>
+      </c>
+      <c r="B722" s="0" t="s">
+        <v>1528</v>
+      </c>
+      <c r="F722" s="0" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="723">
+      <c r="A723" s="0" t="s">
+        <v>1529</v>
+      </c>
+      <c r="B723" s="0" t="s">
+        <v>1530</v>
+      </c>
+      <c r="F723" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="724">
+      <c r="A724" s="0" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B724" s="0" t="s">
+        <v>1532</v>
+      </c>
+      <c r="F724" s="0" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="725">
+      <c r="A725" s="0" t="s">
+        <v>1533</v>
+      </c>
+      <c r="B725" s="0" t="s">
+        <v>1534</v>
+      </c>
+      <c r="F725" s="0" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="726">
+      <c r="A726" s="0" t="s">
+        <v>1535</v>
+      </c>
+      <c r="B726" s="0" t="s">
+        <v>1536</v>
+      </c>
+      <c r="F726" s="0" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="727">
+      <c r="A727" s="0" t="s">
+        <v>1529</v>
+      </c>
+      <c r="B727" s="0" t="s">
+        <v>1537</v>
+      </c>
+      <c r="F727" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="728">
+      <c r="A728" s="0" t="s">
+        <v>1538</v>
+      </c>
+      <c r="B728" s="0" t="s">
+        <v>1539</v>
+      </c>
+      <c r="F728" s="0" t="s">
+        <v>1540</v>
+      </c>
+    </row>
+    <row r="729">
+      <c r="A729" s="0" t="s">
+        <v>1541</v>
+      </c>
+      <c r="B729" s="0" t="s">
+        <v>1542</v>
+      </c>
+      <c r="F729" s="0" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="730">
+      <c r="A730" s="0" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B730" s="0" t="s">
+        <v>1544</v>
+      </c>
+      <c r="F730" s="0" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="731">
+      <c r="A731" s="0" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B731" s="0" t="s">
+        <v>1546</v>
+      </c>
+      <c r="F731" s="0" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="732">
+      <c r="A732" s="0" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B732" s="0" t="s">
+        <v>1548</v>
+      </c>
+      <c r="F732" s="0" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="733">
+      <c r="A733" s="0" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B733" s="0" t="s">
+        <v>1550</v>
+      </c>
+      <c r="F733" s="0" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="734">
+      <c r="A734" s="0" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B734" s="0" t="s">
+        <v>1552</v>
+      </c>
+      <c r="F734" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="735">
+      <c r="A735" s="0" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B735" s="0" t="s">
+        <v>1554</v>
+      </c>
+      <c r="F735" s="0" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="736">
+      <c r="A736" s="0" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B736" s="0" t="s">
+        <v>1556</v>
+      </c>
+      <c r="F736" s="0" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="737">
+      <c r="A737" s="0" t="s">
+        <v>1557</v>
+      </c>
+      <c r="B737" s="0" t="s">
+        <v>1558</v>
+      </c>
+      <c r="F737" s="0" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="738">
+      <c r="A738" s="0" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B738" s="0" t="s">
+        <v>1560</v>
+      </c>
+      <c r="F738" s="0" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="739">
+      <c r="A739" s="0" t="s">
+        <v>1561</v>
+      </c>
+      <c r="B739" s="0" t="s">
+        <v>1562</v>
+      </c>
+      <c r="F739" s="0" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="740">
+      <c r="A740" s="0" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B740" s="0" t="s">
+        <v>1564</v>
+      </c>
+      <c r="F740" s="0" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="741">
+      <c r="A741" s="0" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B741" s="0" t="s">
+        <v>1566</v>
+      </c>
+      <c r="F741" s="0" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="742">
+      <c r="A742" s="0" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B742" s="0" t="s">
+        <v>1568</v>
+      </c>
+      <c r="F742" s="0" t="s">
+        <v>1569</v>
+      </c>
+    </row>
+    <row r="743">
+      <c r="A743" s="0" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B743" s="0" t="s">
+        <v>1571</v>
+      </c>
+      <c r="F743" s="0" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="744">
+      <c r="A744" s="0" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B744" s="0" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F744" s="0" t="s">
+        <v>1574</v>
+      </c>
+    </row>
+    <row r="745">
+      <c r="A745" s="0" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B745" s="0" t="s">
+        <v>1576</v>
+      </c>
+      <c r="F745" s="0" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="746">
+      <c r="A746" s="0" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B746" s="0" t="s">
+        <v>1578</v>
+      </c>
+      <c r="F746" s="0" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="747">
+      <c r="A747" s="0" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B747" s="0" t="s">
+        <v>1579</v>
+      </c>
+      <c r="F747" s="0" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="748">
+      <c r="A748" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="B748" s="0" t="s">
+        <v>1580</v>
+      </c>
+      <c r="F748" s="0" t="s">
+        <v>1581</v>
+      </c>
+    </row>
+    <row r="749">
+      <c r="A749" s="0" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B749" s="0" t="s">
+        <v>1583</v>
+      </c>
+      <c r="F749" s="0" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="750">
+      <c r="A750" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="B750" s="0" t="s">
+        <v>1584</v>
+      </c>
+      <c r="F750" s="0" t="s">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="751">
+      <c r="A751" s="0" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B751" s="0" t="s">
+        <v>1586</v>
+      </c>
+      <c r="F751" s="0" t="s">
+        <v>1587</v>
+      </c>
+    </row>
+    <row r="752">
+      <c r="A752" s="0" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B752" s="0" t="s">
+        <v>1588</v>
+      </c>
+      <c r="F752" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="753">
+      <c r="A753" s="0" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B753" s="0" t="s">
+        <v>1590</v>
+      </c>
+      <c r="F753" s="0" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="754">
+      <c r="A754" s="0" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B754" s="0" t="s">
+        <v>1592</v>
+      </c>
+      <c r="F754" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="755">
+      <c r="A755" s="0" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B755" s="0" t="s">
+        <v>1593</v>
+      </c>
+      <c r="F755" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="756">
+      <c r="A756" s="0" t="s">
+        <v>891</v>
+      </c>
+      <c r="B756" s="0" t="s">
+        <v>1594</v>
+      </c>
+      <c r="F756" s="0" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="757">
+      <c r="A757" s="0" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B757" s="0" t="s">
+        <v>1596</v>
+      </c>
+      <c r="F757" s="0" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="758">
+      <c r="A758" s="0" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B758" s="0" t="s">
+        <v>1598</v>
+      </c>
+      <c r="F758" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="759">
+      <c r="A759" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="B759" s="0" t="s">
+        <v>1599</v>
+      </c>
+      <c r="F759" s="0" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="760">
+      <c r="A760" s="0" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B760" s="0" t="s">
+        <v>1601</v>
+      </c>
+      <c r="F760" s="0" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="761">
+      <c r="A761" s="0" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B761" s="0" t="s">
+        <v>1603</v>
+      </c>
+      <c r="F761" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="762">
+      <c r="A762" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="B762" s="0" t="s">
+        <v>1604</v>
+      </c>
+      <c r="F762" s="0" t="s">
+        <v>1581</v>
+      </c>
+    </row>
+    <row r="763">
+      <c r="A763" s="0" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B763" s="0" t="s">
+        <v>1605</v>
+      </c>
+      <c r="F763" s="0" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="764">
+      <c r="A764" s="0" t="s">
+        <v>1606</v>
+      </c>
+      <c r="B764" s="0" t="s">
+        <v>1607</v>
+      </c>
+      <c r="F764" s="0" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="765">
+      <c r="A765" s="0" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B765" s="0" t="s">
+        <v>1608</v>
+      </c>
+      <c r="F765" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="766">
+      <c r="A766" s="0" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B766" s="0" t="s">
+        <v>1610</v>
+      </c>
+      <c r="F766" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="767">
+      <c r="A767" s="0" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B767" s="0" t="s">
+        <v>1611</v>
+      </c>
+      <c r="F767" s="0" t="s">
+        <v>1612</v>
+      </c>
+    </row>
+    <row r="768">
+      <c r="A768" s="0" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B768" s="0" t="s">
+        <v>1613</v>
+      </c>
+      <c r="F768" s="0" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="769">
+      <c r="A769" s="0" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B769" s="0" t="s">
+        <v>1614</v>
+      </c>
+      <c r="F769" s="0" t="s">
+        <v>1615</v>
+      </c>
+    </row>
+    <row r="770">
+      <c r="A770" s="0" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B770" s="0" t="s">
+        <v>1617</v>
+      </c>
+      <c r="F770" s="0" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="771">
+      <c r="A771" s="0" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B771" s="0" t="s">
+        <v>1619</v>
+      </c>
+      <c r="F771" s="0" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="772">
+      <c r="A772" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="B772" s="0" t="s">
+        <v>1620</v>
+      </c>
+      <c r="F772" s="0" t="s">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="773">
+      <c r="A773" s="0" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B773" s="0" t="s">
+        <v>1623</v>
+      </c>
+      <c r="F773" s="0" t="s">
+        <v>1624</v>
+      </c>
+    </row>
+    <row r="774">
+      <c r="A774" s="0" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B774" s="0" t="s">
+        <v>1626</v>
+      </c>
+      <c r="F774" s="0" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="775">
+      <c r="A775" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="B775" s="0" t="s">
+        <v>1627</v>
+      </c>
+      <c r="F775" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="776">
+      <c r="A776" s="0" t="s">
+        <v>1628</v>
+      </c>
+      <c r="B776" s="0" t="s">
+        <v>1629</v>
+      </c>
+      <c r="F776" s="0" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="777">
+      <c r="A777" s="0" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B777" s="0" t="s">
+        <v>1631</v>
+      </c>
+      <c r="F777" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="778">
+      <c r="A778" s="0" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B778" s="0" t="s">
+        <v>1633</v>
+      </c>
+      <c r="F778" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="779">
+      <c r="A779" s="0" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B779" s="0" t="s">
+        <v>1635</v>
+      </c>
+      <c r="F779" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="780">
+      <c r="A780" s="0" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B780" s="0" t="s">
+        <v>1637</v>
+      </c>
+      <c r="F780" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="781">
+      <c r="A781" s="0" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B781" s="0" t="s">
+        <v>1638</v>
+      </c>
+      <c r="F781" s="0" t="s">
+        <v>1639</v>
+      </c>
+    </row>
+    <row r="782">
+      <c r="A782" s="0" t="s">
+        <v>1640</v>
+      </c>
+      <c r="B782" s="0" t="s">
+        <v>1641</v>
+      </c>
+      <c r="F782" s="0" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="783">
+      <c r="A783" s="0" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B783" s="0" t="s">
+        <v>1643</v>
+      </c>
+      <c r="F783" s="0" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="784">
+      <c r="A784" s="0" t="s">
+        <v>627</v>
+      </c>
+      <c r="B784" s="0" t="s">
+        <v>1644</v>
+      </c>
+      <c r="F784" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="785">
+      <c r="A785" s="0" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B785" s="0" t="s">
+        <v>1645</v>
+      </c>
+      <c r="F785" s="0" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="786">
+      <c r="A786" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="B786" s="0" t="s">
+        <v>1646</v>
+      </c>
+      <c r="F786" s="0" t="s">
+        <v>1647</v>
+      </c>
+    </row>
+    <row r="787">
+      <c r="A787" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="B787" s="0" t="s">
+        <v>1648</v>
+      </c>
+      <c r="F787" s="0" t="s">
+        <v>1649</v>
+      </c>
+    </row>
+    <row r="788">
+      <c r="A788" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="B788" s="0" t="s">
+        <v>1650</v>
+      </c>
+      <c r="F788" s="0" t="s">
+        <v>1651</v>
+      </c>
+    </row>
+    <row r="789">
+      <c r="A789" s="0" t="s">
+        <v>1652</v>
+      </c>
+      <c r="B789" s="0" t="s">
+        <v>1653</v>
+      </c>
+      <c r="F789" s="0" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="790">
+      <c r="A790" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="B790" s="0" t="s">
+        <v>1654</v>
+      </c>
+      <c r="F790" s="0" t="s">
+        <v>1655</v>
+      </c>
+    </row>
+    <row r="791">
+      <c r="A791" s="0" t="s">
+        <v>1656</v>
+      </c>
+      <c r="B791" s="0" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F791" s="0" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="792">
+      <c r="A792" s="0" t="s">
+        <v>638</v>
+      </c>
+      <c r="B792" s="0" t="s">
+        <v>1658</v>
+      </c>
+      <c r="F792" s="0" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="793">
+      <c r="A793" s="0" t="s">
+        <v>1659</v>
+      </c>
+      <c r="B793" s="0" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F793" s="0" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="794">
+      <c r="A794" s="0" t="s">
+        <v>638</v>
+      </c>
+      <c r="B794" s="0" t="s">
+        <v>1661</v>
+      </c>
+      <c r="F794" s="0" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="795">
+      <c r="A795" s="0" t="s">
+        <v>1662</v>
+      </c>
+      <c r="B795" s="0" t="s">
+        <v>1663</v>
+      </c>
+      <c r="F795" s="0" t="s">
+        <v>1639</v>
+      </c>
+    </row>
+    <row r="796">
+      <c r="A796" s="0" t="s">
+        <v>1664</v>
+      </c>
+      <c r="B796" s="0" t="s">
+        <v>1665</v>
+      </c>
+      <c r="F796" s="0" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="797">
+      <c r="A797" s="0" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B797" s="0" t="s">
+        <v>1668</v>
+      </c>
+      <c r="F797" s="0" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="798">
+      <c r="A798" s="0" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B798" s="0" t="s">
+        <v>1670</v>
+      </c>
+      <c r="F798" s="0" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="799">
+      <c r="A799" s="0" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B799" s="0" t="s">
+        <v>1672</v>
+      </c>
+      <c r="F799" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="800">
+      <c r="A800" s="0" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B800" s="0" t="s">
+        <v>1674</v>
+      </c>
+      <c r="F800" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="801">
+      <c r="A801" s="0" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B801" s="0" t="s">
+        <v>1676</v>
+      </c>
+      <c r="F801" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="802">
+      <c r="A802" s="0" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B802" s="0" t="s">
+        <v>1678</v>
+      </c>
+      <c r="F802" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="803">
+      <c r="A803" s="0" t="s">
+        <v>1679</v>
+      </c>
+      <c r="B803" s="0" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F803" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="804">
+      <c r="A804" s="0" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B804" s="0" t="s">
+        <v>1681</v>
+      </c>
+      <c r="F804" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="805">
+      <c r="A805" s="0" t="s">
+        <v>1682</v>
+      </c>
+      <c r="B805" s="0" t="s">
+        <v>1683</v>
+      </c>
+      <c r="F805" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="806">
+      <c r="A806" s="0" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B806" s="0" t="s">
+        <v>1685</v>
+      </c>
+      <c r="F806" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="807">
+      <c r="A807" s="0" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B807" s="0" t="s">
+        <v>1687</v>
+      </c>
+      <c r="F807" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="808">
+      <c r="A808" s="0" t="s">
+        <v>1688</v>
+      </c>
+      <c r="B808" s="0" t="s">
+        <v>1689</v>
+      </c>
+      <c r="F808" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="809">
+      <c r="A809" s="0" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B809" s="0" t="s">
+        <v>1691</v>
+      </c>
+      <c r="F809" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="810">
+      <c r="A810" s="0" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B810" s="0" t="s">
+        <v>1693</v>
+      </c>
+      <c r="F810" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="811">
+      <c r="A811" s="0" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B811" s="0" t="s">
+        <v>1695</v>
+      </c>
+      <c r="F811" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="812">
+      <c r="A812" s="0" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B812" s="0" t="s">
+        <v>1697</v>
+      </c>
+      <c r="F812" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="813">
+      <c r="A813" s="0" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B813" s="0" t="s">
+        <v>1699</v>
+      </c>
+      <c r="F813" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="814">
+      <c r="A814" s="0" t="s">
+        <v>1700</v>
+      </c>
+      <c r="B814" s="0" t="s">
+        <v>1701</v>
+      </c>
+      <c r="F814" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="815">
+      <c r="A815" s="0" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B815" s="0" t="s">
+        <v>1703</v>
+      </c>
+      <c r="F815" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="816">
+      <c r="A816" s="0" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B816" s="0" t="s">
+        <v>1705</v>
+      </c>
+      <c r="F816" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="817">
+      <c r="A817" s="0" t="s">
+        <v>1706</v>
+      </c>
+      <c r="B817" s="0" t="s">
+        <v>1707</v>
+      </c>
+      <c r="F817" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="818">
+      <c r="A818" s="0" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B818" s="0" t="s">
+        <v>1709</v>
+      </c>
+      <c r="F818" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="819">
+      <c r="A819" s="0" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B819" s="0" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F819" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="820">
+      <c r="A820" s="0" t="s">
+        <v>1712</v>
+      </c>
+      <c r="B820" s="0" t="s">
+        <v>1713</v>
+      </c>
+      <c r="F820" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="821">
+      <c r="A821" s="0" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B821" s="0" t="s">
+        <v>1715</v>
+      </c>
+      <c r="F821" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="822">
+      <c r="A822" s="0" t="s">
+        <v>1716</v>
+      </c>
+      <c r="B822" s="0" t="s">
+        <v>1717</v>
+      </c>
+      <c r="F822" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="823">
+      <c r="A823" s="0" t="s">
+        <v>1718</v>
+      </c>
+      <c r="B823" s="0" t="s">
+        <v>1719</v>
+      </c>
+      <c r="F823" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="824">
+      <c r="A824" s="0" t="s">
+        <v>1720</v>
+      </c>
+      <c r="B824" s="0" t="s">
+        <v>1721</v>
+      </c>
+      <c r="F824" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="825">
+      <c r="A825" s="0" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B825" s="0" t="s">
+        <v>1723</v>
+      </c>
+      <c r="F825" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="826">
+      <c r="A826" s="0" t="s">
+        <v>1724</v>
+      </c>
+      <c r="B826" s="0" t="s">
+        <v>1725</v>
+      </c>
+      <c r="F826" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="827">
+      <c r="A827" s="0" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B827" s="0" t="s">
+        <v>1727</v>
+      </c>
+      <c r="F827" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="828">
+      <c r="A828" s="0" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B828" s="0" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F828" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="829">
+      <c r="A829" s="0" t="s">
+        <v>1730</v>
+      </c>
+      <c r="B829" s="0" t="s">
+        <v>1731</v>
+      </c>
+      <c r="F829" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="830">
+      <c r="A830" s="0" t="s">
+        <v>733</v>
+      </c>
+      <c r="B830" s="0" t="s">
+        <v>1732</v>
+      </c>
+      <c r="F830" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="831">
+      <c r="A831" s="0" t="s">
+        <v>1733</v>
+      </c>
+      <c r="B831" s="0" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F831" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="832">
+      <c r="A832" s="0" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B832" s="0" t="s">
+        <v>1736</v>
+      </c>
+      <c r="F832" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="833">
+      <c r="A833" s="0" t="s">
+        <v>1737</v>
+      </c>
+      <c r="B833" s="0" t="s">
+        <v>1738</v>
+      </c>
+      <c r="F833" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="834">
+      <c r="A834" s="0" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B834" s="0" t="s">
+        <v>1740</v>
+      </c>
+      <c r="F834" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="835">
+      <c r="A835" s="0" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B835" s="0" t="s">
+        <v>1742</v>
+      </c>
+      <c r="F835" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="836">
+      <c r="A836" s="0" t="s">
+        <v>1743</v>
+      </c>
+      <c r="B836" s="0" t="s">
+        <v>1744</v>
+      </c>
+      <c r="F836" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="837">
+      <c r="A837" s="0" t="s">
+        <v>702</v>
+      </c>
+      <c r="B837" s="0" t="s">
+        <v>1745</v>
+      </c>
+      <c r="F837" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="838">
+      <c r="A838" s="0" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B838" s="0" t="s">
+        <v>1747</v>
+      </c>
+      <c r="F838" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="839">
+      <c r="A839" s="0" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B839" s="0" t="s">
+        <v>1749</v>
+      </c>
+      <c r="F839" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="840">
+      <c r="A840" s="0" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B840" s="0" t="s">
+        <v>1751</v>
+      </c>
+      <c r="F840" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="841">
+      <c r="A841" s="0" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B841" s="0" t="s">
+        <v>1753</v>
+      </c>
+      <c r="F841" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="842">
+      <c r="A842" s="0" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B842" s="0" t="s">
+        <v>1755</v>
+      </c>
+      <c r="F842" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="843">
+      <c r="A843" s="0" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B843" s="0" t="s">
+        <v>1757</v>
+      </c>
+      <c r="F843" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="844">
+      <c r="A844" s="0" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B844" s="0" t="s">
+        <v>1759</v>
+      </c>
+      <c r="F844" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="845">
+      <c r="A845" s="0" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B845" s="0" t="s">
+        <v>1761</v>
+      </c>
+      <c r="F845" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="846">
+      <c r="A846" s="0" t="s">
+        <v>1762</v>
+      </c>
+      <c r="B846" s="0" t="s">
+        <v>1763</v>
+      </c>
+      <c r="F846" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="847">
+      <c r="A847" s="0" t="s">
+        <v>1764</v>
+      </c>
+      <c r="B847" s="0" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F847" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="848">
+      <c r="A848" s="0" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B848" s="0" t="s">
+        <v>1767</v>
+      </c>
+      <c r="F848" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="849">
+      <c r="A849" s="0" t="s">
+        <v>1768</v>
+      </c>
+      <c r="B849" s="0" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F849" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="850">
+      <c r="A850" s="0" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B850" s="0" t="s">
+        <v>1771</v>
+      </c>
+      <c r="F850" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="851">
+      <c r="A851" s="0" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B851" s="0" t="s">
+        <v>1773</v>
+      </c>
+      <c r="F851" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="852">
+      <c r="A852" s="0" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B852" s="0" t="s">
+        <v>1775</v>
+      </c>
+      <c r="F852" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="853">
+      <c r="A853" s="0" t="s">
+        <v>1776</v>
+      </c>
+      <c r="B853" s="0" t="s">
+        <v>1777</v>
+      </c>
+      <c r="F853" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="854">
+      <c r="A854" s="0" t="s">
+        <v>1778</v>
+      </c>
+      <c r="B854" s="0" t="s">
+        <v>1779</v>
+      </c>
+      <c r="F854" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="855">
+      <c r="A855" s="0" t="s">
+        <v>1780</v>
+      </c>
+      <c r="B855" s="0" t="s">
+        <v>1781</v>
+      </c>
+      <c r="F855" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="856">
+      <c r="A856" s="0" t="s">
+        <v>1782</v>
+      </c>
+      <c r="B856" s="0" t="s">
+        <v>1783</v>
+      </c>
+      <c r="F856" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="857">
+      <c r="A857" s="0" t="s">
+        <v>1784</v>
+      </c>
+      <c r="B857" s="0" t="s">
+        <v>1785</v>
+      </c>
+      <c r="F857" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="858">
+      <c r="A858" s="0" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B858" s="0" t="s">
+        <v>1787</v>
+      </c>
+      <c r="F858" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="859">
+      <c r="A859" s="0" t="s">
+        <v>1788</v>
+      </c>
+      <c r="B859" s="0" t="s">
+        <v>1789</v>
+      </c>
+      <c r="F859" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="860">
+      <c r="A860" s="0" t="s">
+        <v>1790</v>
+      </c>
+      <c r="B860" s="0" t="s">
+        <v>1791</v>
+      </c>
+      <c r="F860" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="861">
+      <c r="A861" s="0" t="s">
+        <v>1792</v>
+      </c>
+      <c r="B861" s="0" t="s">
+        <v>1793</v>
+      </c>
+      <c r="F861" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="862">
+      <c r="A862" s="0" t="s">
+        <v>1794</v>
+      </c>
+      <c r="B862" s="0" t="s">
+        <v>1795</v>
+      </c>
+      <c r="F862" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="863">
+      <c r="A863" s="0" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B863" s="0" t="s">
+        <v>1797</v>
+      </c>
+      <c r="F863" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="864">
+      <c r="A864" s="0" t="s">
+        <v>1798</v>
+      </c>
+      <c r="B864" s="0" t="s">
+        <v>1799</v>
+      </c>
+      <c r="F864" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="865">
+      <c r="A865" s="0" t="s">
+        <v>1800</v>
+      </c>
+      <c r="B865" s="0" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F865" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="866">
+      <c r="A866" s="0" t="s">
+        <v>1802</v>
+      </c>
+      <c r="B866" s="0" t="s">
+        <v>1803</v>
+      </c>
+      <c r="F866" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="867">
+      <c r="A867" s="0" t="s">
+        <v>1804</v>
+      </c>
+      <c r="B867" s="0" t="s">
+        <v>1805</v>
+      </c>
+      <c r="F867" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="868">
+      <c r="A868" s="0" t="s">
+        <v>1806</v>
+      </c>
+      <c r="B868" s="0" t="s">
+        <v>1807</v>
+      </c>
+      <c r="F868" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="869">
+      <c r="A869" s="0" t="s">
+        <v>1808</v>
+      </c>
+      <c r="B869" s="0" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F869" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="870">
+      <c r="A870" s="0" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B870" s="0" t="s">
+        <v>1811</v>
+      </c>
+      <c r="F870" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="871">
+      <c r="A871" s="0" t="s">
+        <v>1812</v>
+      </c>
+      <c r="B871" s="0" t="s">
+        <v>1813</v>
+      </c>
+      <c r="F871" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="872">
+      <c r="A872" s="0" t="s">
+        <v>1814</v>
+      </c>
+      <c r="B872" s="0" t="s">
+        <v>1815</v>
+      </c>
+      <c r="F872" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="873">
+      <c r="A873" s="0" t="s">
+        <v>1816</v>
+      </c>
+      <c r="B873" s="0" t="s">
+        <v>1817</v>
+      </c>
+      <c r="F873" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="874">
+      <c r="A874" s="0" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B874" s="0" t="s">
+        <v>1819</v>
+      </c>
+      <c r="F874" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="875">
+      <c r="A875" s="0" t="s">
+        <v>1820</v>
+      </c>
+      <c r="B875" s="0" t="s">
+        <v>1821</v>
+      </c>
+      <c r="F875" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="876">
+      <c r="A876" s="0" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B876" s="0" t="s">
+        <v>1823</v>
+      </c>
+      <c r="F876" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="877">
+      <c r="A877" s="0" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B877" s="0" t="s">
+        <v>1825</v>
+      </c>
+      <c r="F877" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="878">
+      <c r="A878" s="0" t="s">
+        <v>1826</v>
+      </c>
+      <c r="B878" s="0" t="s">
+        <v>1827</v>
+      </c>
+      <c r="F878" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="879">
+      <c r="A879" s="0" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B879" s="0" t="s">
+        <v>1829</v>
+      </c>
+      <c r="F879" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="880">
+      <c r="A880" s="0" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B880" s="0" t="s">
+        <v>1830</v>
+      </c>
+      <c r="F880" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="881">
+      <c r="A881" s="0" t="s">
+        <v>1831</v>
+      </c>
+      <c r="B881" s="0" t="s">
+        <v>1832</v>
+      </c>
+      <c r="F881" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="882">
+      <c r="A882" s="0" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B882" s="0" t="s">
+        <v>1834</v>
+      </c>
+      <c r="F882" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="883">
+      <c r="A883" s="0" t="s">
+        <v>1835</v>
+      </c>
+      <c r="B883" s="0" t="s">
+        <v>1836</v>
+      </c>
+      <c r="F883" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="884">
+      <c r="A884" s="0" t="s">
+        <v>1837</v>
+      </c>
+      <c r="B884" s="0" t="s">
+        <v>1838</v>
+      </c>
+      <c r="F884" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="885">
+      <c r="A885" s="0" t="s">
+        <v>1839</v>
+      </c>
+      <c r="B885" s="0" t="s">
+        <v>1840</v>
+      </c>
+      <c r="F885" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="886">
+      <c r="A886" s="0" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B886" s="0" t="s">
+        <v>1842</v>
+      </c>
+      <c r="F886" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="887">
+      <c r="A887" s="0" t="s">
+        <v>1843</v>
+      </c>
+      <c r="B887" s="0" t="s">
+        <v>1844</v>
+      </c>
+      <c r="F887" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="888">
+      <c r="A888" s="0" t="s">
+        <v>1845</v>
+      </c>
+      <c r="B888" s="0" t="s">
+        <v>1846</v>
+      </c>
+      <c r="F888" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="889">
+      <c r="A889" s="0" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B889" s="0" t="s">
+        <v>1848</v>
+      </c>
+      <c r="F889" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="890">
+      <c r="A890" s="0" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B890" s="0" t="s">
+        <v>1850</v>
+      </c>
+      <c r="F890" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="891">
+      <c r="A891" s="0" t="s">
+        <v>1851</v>
+      </c>
+      <c r="B891" s="0" t="s">
+        <v>1852</v>
+      </c>
+      <c r="F891" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="892">
+      <c r="A892" s="0" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B892" s="0" t="s">
+        <v>1854</v>
+      </c>
+      <c r="F892" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="893">
+      <c r="A893" s="0" t="s">
+        <v>1855</v>
+      </c>
+      <c r="B893" s="0" t="s">
+        <v>1856</v>
+      </c>
+      <c r="F893" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="894">
+      <c r="A894" s="0" t="s">
+        <v>1857</v>
+      </c>
+      <c r="B894" s="0" t="s">
+        <v>1858</v>
+      </c>
+      <c r="F894" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="895">
+      <c r="A895" s="0" t="s">
+        <v>771</v>
+      </c>
+      <c r="B895" s="0" t="s">
+        <v>1859</v>
+      </c>
+      <c r="F895" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="896">
+      <c r="A896" s="0" t="s">
+        <v>1860</v>
+      </c>
+      <c r="B896" s="0" t="s">
+        <v>1861</v>
+      </c>
+      <c r="F896" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="897">
+      <c r="A897" s="0" t="s">
+        <v>1862</v>
+      </c>
+      <c r="B897" s="0" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F897" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="898">
+      <c r="A898" s="0" t="s">
+        <v>1864</v>
+      </c>
+      <c r="B898" s="0" t="s">
+        <v>1865</v>
+      </c>
+      <c r="F898" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="899">
+      <c r="A899" s="0" t="s">
+        <v>1866</v>
+      </c>
+      <c r="B899" s="0" t="s">
+        <v>1867</v>
+      </c>
+      <c r="F899" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="900">
+      <c r="A900" s="0" t="s">
+        <v>1868</v>
+      </c>
+      <c r="B900" s="0" t="s">
+        <v>1869</v>
+      </c>
+      <c r="F900" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="901">
+      <c r="A901" s="0" t="s">
+        <v>1870</v>
+      </c>
+      <c r="B901" s="0" t="s">
+        <v>1871</v>
+      </c>
+      <c r="F901" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="902">
+      <c r="A902" s="0" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B902" s="0" t="s">
+        <v>1873</v>
+      </c>
+      <c r="F902" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="903">
+      <c r="A903" s="0" t="s">
+        <v>1874</v>
+      </c>
+      <c r="B903" s="0" t="s">
+        <v>1875</v>
+      </c>
+      <c r="F903" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="904">
+      <c r="A904" s="0" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B904" s="0" t="s">
+        <v>1877</v>
+      </c>
+      <c r="F904" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="905">
+      <c r="A905" s="0" t="s">
+        <v>1878</v>
+      </c>
+      <c r="B905" s="0" t="s">
+        <v>1879</v>
+      </c>
+      <c r="F905" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="906">
+      <c r="A906" s="0" t="s">
+        <v>1880</v>
+      </c>
+      <c r="B906" s="0" t="s">
+        <v>1881</v>
+      </c>
+      <c r="F906" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="907">
+      <c r="A907" s="0" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B907" s="0" t="s">
+        <v>1883</v>
+      </c>
+      <c r="F907" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="908">
+      <c r="A908" s="0" t="s">
+        <v>1884</v>
+      </c>
+      <c r="B908" s="0" t="s">
+        <v>1885</v>
+      </c>
+      <c r="F908" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="909">
+      <c r="A909" s="0" t="s">
+        <v>1886</v>
+      </c>
+      <c r="B909" s="0" t="s">
+        <v>1887</v>
+      </c>
+      <c r="F909" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="910">
+      <c r="A910" s="0" t="s">
+        <v>1888</v>
+      </c>
+      <c r="B910" s="0" t="s">
+        <v>1889</v>
+      </c>
+      <c r="F910" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="911">
+      <c r="A911" s="0" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B911" s="0" t="s">
+        <v>1891</v>
+      </c>
+      <c r="F911" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="912">
+      <c r="A912" s="0" t="s">
+        <v>1892</v>
+      </c>
+      <c r="B912" s="0" t="s">
+        <v>1893</v>
+      </c>
+      <c r="F912" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="913">
+      <c r="A913" s="0" t="s">
+        <v>1894</v>
+      </c>
+      <c r="B913" s="0" t="s">
+        <v>1895</v>
+      </c>
+      <c r="F913" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="914">
+      <c r="A914" s="0" t="s">
+        <v>1896</v>
+      </c>
+      <c r="B914" s="0" t="s">
+        <v>1897</v>
+      </c>
+      <c r="F914" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="915">
+      <c r="A915" s="0" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B915" s="0" t="s">
+        <v>1899</v>
+      </c>
+      <c r="F915" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="916">
+      <c r="A916" s="0" t="s">
+        <v>1900</v>
+      </c>
+      <c r="B916" s="0" t="s">
+        <v>1901</v>
+      </c>
+      <c r="F916" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="917">
+      <c r="A917" s="0" t="s">
+        <v>1902</v>
+      </c>
+      <c r="B917" s="0" t="s">
+        <v>1903</v>
+      </c>
+      <c r="F917" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="918">
+      <c r="A918" s="0" t="s">
+        <v>1904</v>
+      </c>
+      <c r="B918" s="0" t="s">
+        <v>1905</v>
+      </c>
+      <c r="F918" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="919">
+      <c r="A919" s="0" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B919" s="0" t="s">
+        <v>1907</v>
+      </c>
+      <c r="F919" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="920">
+      <c r="A920" s="0" t="s">
+        <v>1908</v>
+      </c>
+      <c r="B920" s="0" t="s">
+        <v>1909</v>
+      </c>
+      <c r="F920" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="921">
+      <c r="A921" s="0" t="s">
+        <v>1910</v>
+      </c>
+      <c r="B921" s="0" t="s">
+        <v>1911</v>
+      </c>
+      <c r="F921" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="922">
+      <c r="A922" s="0" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B922" s="0" t="s">
+        <v>1913</v>
+      </c>
+      <c r="F922" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="923">
+      <c r="A923" s="0" t="s">
+        <v>1914</v>
+      </c>
+      <c r="B923" s="0" t="s">
+        <v>1915</v>
+      </c>
+      <c r="F923" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="924">
+      <c r="A924" s="0" t="s">
+        <v>1916</v>
+      </c>
+      <c r="B924" s="0" t="s">
+        <v>1917</v>
+      </c>
+      <c r="F924" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="925">
+      <c r="A925" s="0" t="s">
+        <v>1918</v>
+      </c>
+      <c r="B925" s="0" t="s">
+        <v>1919</v>
+      </c>
+      <c r="F925" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="926">
+      <c r="A926" s="0" t="s">
+        <v>837</v>
+      </c>
+      <c r="B926" s="0" t="s">
+        <v>1920</v>
+      </c>
+      <c r="F926" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="927">
+      <c r="A927" s="0" t="s">
+        <v>1921</v>
+      </c>
+      <c r="B927" s="0" t="s">
+        <v>1922</v>
+      </c>
+      <c r="F927" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="928">
+      <c r="A928" s="0" t="s">
+        <v>1923</v>
+      </c>
+      <c r="B928" s="0" t="s">
+        <v>1924</v>
+      </c>
+      <c r="F928" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="929">
+      <c r="A929" s="0" t="s">
+        <v>1925</v>
+      </c>
+      <c r="B929" s="0" t="s">
+        <v>1926</v>
+      </c>
+      <c r="F929" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="930">
+      <c r="A930" s="0" t="s">
+        <v>1927</v>
+      </c>
+      <c r="B930" s="0" t="s">
+        <v>1928</v>
+      </c>
+      <c r="F930" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="931">
+      <c r="A931" s="0" t="s">
+        <v>1929</v>
+      </c>
+      <c r="B931" s="0" t="s">
+        <v>1930</v>
+      </c>
+      <c r="F931" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="932">
+      <c r="A932" s="0" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B932" s="0" t="s">
+        <v>1932</v>
+      </c>
+      <c r="F932" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="933">
+      <c r="A933" s="0" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B933" s="0" t="s">
+        <v>1934</v>
+      </c>
+      <c r="F933" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="934">
+      <c r="A934" s="0" t="s">
+        <v>1935</v>
+      </c>
+      <c r="B934" s="0" t="s">
+        <v>1936</v>
+      </c>
+      <c r="F934" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="935">
+      <c r="A935" s="0" t="s">
+        <v>1937</v>
+      </c>
+      <c r="B935" s="0" t="s">
+        <v>1938</v>
+      </c>
+      <c r="F935" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="936">
+      <c r="A936" s="0" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B936" s="0" t="s">
+        <v>1940</v>
+      </c>
+      <c r="F936" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="937">
+      <c r="A937" s="0" t="s">
+        <v>1941</v>
+      </c>
+      <c r="B937" s="0" t="s">
+        <v>1942</v>
+      </c>
+      <c r="F937" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="938">
+      <c r="A938" s="0" t="s">
+        <v>1943</v>
+      </c>
+      <c r="B938" s="0" t="s">
+        <v>1944</v>
+      </c>
+      <c r="F938" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="939">
+      <c r="A939" s="0" t="s">
+        <v>1945</v>
+      </c>
+      <c r="B939" s="0" t="s">
+        <v>1946</v>
+      </c>
+      <c r="F939" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="940">
+      <c r="A940" s="0" t="s">
+        <v>1947</v>
+      </c>
+      <c r="B940" s="0" t="s">
+        <v>1948</v>
+      </c>
+      <c r="F940" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="941">
+      <c r="A941" s="0" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B941" s="0" t="s">
+        <v>1950</v>
+      </c>
+      <c r="F941" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="942">
+      <c r="A942" s="0" t="s">
+        <v>1951</v>
+      </c>
+      <c r="B942" s="0" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F942" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="943">
+      <c r="A943" s="0" t="s">
+        <v>1953</v>
+      </c>
+      <c r="B943" s="0" t="s">
+        <v>1954</v>
+      </c>
+      <c r="F943" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="944">
+      <c r="A944" s="0" t="s">
+        <v>1955</v>
+      </c>
+      <c r="B944" s="0" t="s">
+        <v>1956</v>
+      </c>
+      <c r="F944" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="945">
+      <c r="A945" s="0" t="s">
+        <v>1957</v>
+      </c>
+      <c r="B945" s="0" t="s">
+        <v>1958</v>
+      </c>
+      <c r="F945" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="946">
+      <c r="A946" s="0" t="s">
+        <v>1959</v>
+      </c>
+      <c r="B946" s="0" t="s">
+        <v>1960</v>
+      </c>
+      <c r="F946" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="947">
+      <c r="A947" s="0" t="s">
+        <v>860</v>
+      </c>
+      <c r="B947" s="0" t="s">
+        <v>1961</v>
+      </c>
+      <c r="F947" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="948">
+      <c r="A948" s="0" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B948" s="0" t="s">
+        <v>1963</v>
+      </c>
+      <c r="F948" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="949">
+      <c r="A949" s="0" t="s">
+        <v>1964</v>
+      </c>
+      <c r="B949" s="0" t="s">
+        <v>1965</v>
+      </c>
+      <c r="F949" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="950">
+      <c r="A950" s="0" t="s">
+        <v>1966</v>
+      </c>
+      <c r="B950" s="0" t="s">
+        <v>1967</v>
+      </c>
+      <c r="F950" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="951">
+      <c r="A951" s="0" t="s">
+        <v>1968</v>
+      </c>
+      <c r="B951" s="0" t="s">
+        <v>1969</v>
+      </c>
+      <c r="F951" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="952">
+      <c r="A952" s="0" t="s">
+        <v>1970</v>
+      </c>
+      <c r="B952" s="0" t="s">
+        <v>1971</v>
+      </c>
+      <c r="F952" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="953">
+      <c r="A953" s="0" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B953" s="0" t="s">
+        <v>1973</v>
+      </c>
+      <c r="F953" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="954">
+      <c r="A954" s="0" t="s">
+        <v>1974</v>
+      </c>
+      <c r="B954" s="0" t="s">
+        <v>1975</v>
+      </c>
+      <c r="F954" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="955">
+      <c r="A955" s="0" t="s">
+        <v>1976</v>
+      </c>
+      <c r="B955" s="0" t="s">
+        <v>1977</v>
+      </c>
+      <c r="F955" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="956">
+      <c r="A956" s="0" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B956" s="0" t="s">
+        <v>1979</v>
+      </c>
+      <c r="F956" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="957">
+      <c r="A957" s="0" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B957" s="0" t="s">
+        <v>1981</v>
+      </c>
+      <c r="F957" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="958">
+      <c r="A958" s="0" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B958" s="0" t="s">
+        <v>1983</v>
+      </c>
+      <c r="F958" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="959">
+      <c r="A959" s="0" t="s">
+        <v>1984</v>
+      </c>
+      <c r="B959" s="0" t="s">
+        <v>1985</v>
+      </c>
+      <c r="F959" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="960">
+      <c r="A960" s="0" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B960" s="0" t="s">
+        <v>1987</v>
+      </c>
+      <c r="F960" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="961">
+      <c r="A961" s="0" t="s">
+        <v>1988</v>
+      </c>
+      <c r="B961" s="0" t="s">
+        <v>1989</v>
+      </c>
+      <c r="F961" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="962">
+      <c r="A962" s="0" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B962" s="0" t="s">
+        <v>1991</v>
+      </c>
+      <c r="F962" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="963">
+      <c r="A963" s="0" t="s">
+        <v>1992</v>
+      </c>
+      <c r="B963" s="0" t="s">
+        <v>1993</v>
+      </c>
+      <c r="F963" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="964">
+      <c r="A964" s="0" t="s">
+        <v>1994</v>
+      </c>
+      <c r="B964" s="0" t="s">
+        <v>1995</v>
+      </c>
+      <c r="F964" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="965">
+      <c r="A965" s="0" t="s">
+        <v>1996</v>
+      </c>
+      <c r="B965" s="0" t="s">
+        <v>1997</v>
+      </c>
+      <c r="F965" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="966">
+      <c r="A966" s="0" t="s">
+        <v>1998</v>
+      </c>
+      <c r="B966" s="0" t="s">
+        <v>1999</v>
+      </c>
+      <c r="F966" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="967">
+      <c r="A967" s="0" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B967" s="0" t="s">
+        <v>2001</v>
+      </c>
+      <c r="F967" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="968">
+      <c r="A968" s="0" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B968" s="0" t="s">
+        <v>2003</v>
+      </c>
+      <c r="F968" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="969">
+      <c r="A969" s="0" t="s">
+        <v>2004</v>
+      </c>
+      <c r="B969" s="0" t="s">
+        <v>2005</v>
+      </c>
+      <c r="F969" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="970">
+      <c r="A970" s="0" t="s">
+        <v>2006</v>
+      </c>
+      <c r="B970" s="0" t="s">
+        <v>2007</v>
+      </c>
+      <c r="F970" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="971">
+      <c r="A971" s="0" t="s">
+        <v>2008</v>
+      </c>
+      <c r="B971" s="0" t="s">
+        <v>2009</v>
+      </c>
+      <c r="F971" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="972">
+      <c r="A972" s="0" t="s">
+        <v>2010</v>
+      </c>
+      <c r="B972" s="0" t="s">
+        <v>2011</v>
+      </c>
+      <c r="F972" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="973">
+      <c r="A973" s="0" t="s">
+        <v>2012</v>
+      </c>
+      <c r="B973" s="0" t="s">
+        <v>2013</v>
+      </c>
+      <c r="F973" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="974">
+      <c r="A974" s="0" t="s">
+        <v>2014</v>
+      </c>
+      <c r="B974" s="0" t="s">
+        <v>2015</v>
+      </c>
+      <c r="F974" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="975">
+      <c r="A975" s="0" t="s">
+        <v>2016</v>
+      </c>
+      <c r="B975" s="0" t="s">
+        <v>2017</v>
+      </c>
+      <c r="F975" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="976">
+      <c r="A976" s="0" t="s">
+        <v>2018</v>
+      </c>
+      <c r="B976" s="0" t="s">
+        <v>2019</v>
+      </c>
+      <c r="F976" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="977">
+      <c r="A977" s="0" t="s">
+        <v>2020</v>
+      </c>
+      <c r="B977" s="0" t="s">
+        <v>2021</v>
+      </c>
+      <c r="F977" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="978">
+      <c r="A978" s="0" t="s">
+        <v>2022</v>
+      </c>
+      <c r="B978" s="0" t="s">
+        <v>2023</v>
+      </c>
+      <c r="F978" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="979">
+      <c r="A979" s="0" t="s">
+        <v>2024</v>
+      </c>
+      <c r="B979" s="0" t="s">
+        <v>2025</v>
+      </c>
+      <c r="F979" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="980">
+      <c r="A980" s="0" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B980" s="0" t="s">
+        <v>2026</v>
+      </c>
+      <c r="F980" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="981">
+      <c r="A981" s="0" t="s">
+        <v>2027</v>
+      </c>
+      <c r="B981" s="0" t="s">
+        <v>2028</v>
+      </c>
+      <c r="F981" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="982">
+      <c r="A982" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="B982" s="0" t="s">
+        <v>2029</v>
+      </c>
+      <c r="F982" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="983">
+      <c r="A983" s="0" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B983" s="0" t="s">
+        <v>2030</v>
+      </c>
+      <c r="F983" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="984">
+      <c r="A984" s="0" t="s">
+        <v>2031</v>
+      </c>
+      <c r="B984" s="0" t="s">
+        <v>2032</v>
+      </c>
+      <c r="F984" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="985">
+      <c r="A985" s="0" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B985" s="0" t="s">
+        <v>2034</v>
+      </c>
+      <c r="F985" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="986">
+      <c r="A986" s="0" t="s">
+        <v>2035</v>
+      </c>
+      <c r="B986" s="0" t="s">
+        <v>2036</v>
+      </c>
+      <c r="F986" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="987">
+      <c r="A987" s="0" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B987" s="0" t="s">
+        <v>2038</v>
+      </c>
+      <c r="F987" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="988">
+      <c r="A988" s="0" t="s">
+        <v>2039</v>
+      </c>
+      <c r="B988" s="0" t="s">
+        <v>2040</v>
+      </c>
+      <c r="F988" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="989">
+      <c r="A989" s="0" t="s">
+        <v>2041</v>
+      </c>
+      <c r="B989" s="0" t="s">
+        <v>2042</v>
+      </c>
+      <c r="F989" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="990">
+      <c r="A990" s="0" t="s">
+        <v>2043</v>
+      </c>
+      <c r="B990" s="0" t="s">
+        <v>2044</v>
+      </c>
+      <c r="F990" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="991">
+      <c r="A991" s="0" t="s">
+        <v>2045</v>
+      </c>
+      <c r="B991" s="0" t="s">
+        <v>2046</v>
+      </c>
+      <c r="F991" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="992">
+      <c r="A992" s="0" t="s">
+        <v>2047</v>
+      </c>
+      <c r="B992" s="0" t="s">
+        <v>2048</v>
+      </c>
+      <c r="F992" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="993">
+      <c r="A993" s="0" t="s">
+        <v>2049</v>
+      </c>
+      <c r="B993" s="0" t="s">
+        <v>2050</v>
+      </c>
+      <c r="F993" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="994">
+      <c r="A994" s="0" t="s">
+        <v>2051</v>
+      </c>
+      <c r="B994" s="0" t="s">
+        <v>2052</v>
+      </c>
+      <c r="F994" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="995">
+      <c r="A995" s="0" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B995" s="0" t="s">
+        <v>2054</v>
+      </c>
+      <c r="F995" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="996">
+      <c r="A996" s="0" t="s">
+        <v>2055</v>
+      </c>
+      <c r="B996" s="0" t="s">
+        <v>2056</v>
+      </c>
+      <c r="F996" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="997">
+      <c r="A997" s="0" t="s">
+        <v>2057</v>
+      </c>
+      <c r="B997" s="0" t="s">
+        <v>2058</v>
+      </c>
+      <c r="F997" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="998">
+      <c r="A998" s="0" t="s">
+        <v>2059</v>
+      </c>
+      <c r="B998" s="0" t="s">
+        <v>2060</v>
+      </c>
+      <c r="F998" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="999">
+      <c r="A999" s="0" t="s">
+        <v>925</v>
+      </c>
+      <c r="B999" s="0" t="s">
+        <v>2061</v>
+      </c>
+      <c r="F999" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="1000">
+      <c r="A1000" s="0" t="s">
+        <v>2062</v>
+      </c>
+      <c r="B1000" s="0" t="s">
+        <v>2063</v>
+      </c>
+      <c r="F1000" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="1001">
+      <c r="A1001" s="0" t="s">
+        <v>2064</v>
+      </c>
+      <c r="B1001" s="0" t="s">
+        <v>2065</v>
+      </c>
+      <c r="F1001" s="0" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData/>
   <headerFooter/>
 </worksheet>
 </file>